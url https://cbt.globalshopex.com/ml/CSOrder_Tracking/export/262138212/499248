--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -763,51 +763,51 @@
       </c>
       <c r="C7">
         <v>499248</v>
       </c>
       <c r="D7">
         <v>262138212</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69873208</v>
+        <v>70260109</v>
       </c>
       <c r="B8">
         <v>2.6213821249925E+14</v>
       </c>
       <c r="C8">
         <v>499248</v>
       </c>
       <c r="D8">
         <v>262138212</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:9">
@@ -1254,105 +1254,105 @@
       </c>
       <c r="C24">
         <v>499248</v>
       </c>
       <c r="D24">
         <v>262138212</v>
       </c>
       <c r="E24" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
         <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69873210</v>
+        <v>70260111</v>
       </c>
       <c r="B25">
         <v>2.6213821249925E+14</v>
       </c>
       <c r="C25">
         <v>499248</v>
       </c>
       <c r="D25">
         <v>262138212</v>
       </c>
       <c r="E25" t="s">
         <v>26</v>
       </c>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69873209</v>
+        <v>70260110</v>
       </c>
       <c r="B26">
         <v>2.6213821249925E+14</v>
       </c>
       <c r="C26">
         <v>499248</v>
       </c>
       <c r="D26">
         <v>262138212</v>
       </c>
       <c r="E26" t="s">
         <v>26</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>61</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69873211</v>
+        <v>70260112</v>
       </c>
       <c r="B27">
         <v>2.6213821249925E+14</v>
       </c>
       <c r="C27">
         <v>499248</v>
       </c>
       <c r="D27">
         <v>262138212</v>
       </c>
       <c r="E27" t="s">
         <v>26</v>
       </c>
       <c r="F27" t="s">
         <v>62</v>
       </c>
       <c r="G27" t="s">
         <v>63</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>