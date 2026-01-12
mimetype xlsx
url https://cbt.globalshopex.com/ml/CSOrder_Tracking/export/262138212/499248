--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -763,51 +763,51 @@
       </c>
       <c r="C7">
         <v>499248</v>
       </c>
       <c r="D7">
         <v>262138212</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>70260109</v>
+        <v>70647206</v>
       </c>
       <c r="B8">
         <v>2.6213821249925E+14</v>
       </c>
       <c r="C8">
         <v>499248</v>
       </c>
       <c r="D8">
         <v>262138212</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:9">
@@ -1254,105 +1254,105 @@
       </c>
       <c r="C24">
         <v>499248</v>
       </c>
       <c r="D24">
         <v>262138212</v>
       </c>
       <c r="E24" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
         <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70260111</v>
+        <v>70647208</v>
       </c>
       <c r="B25">
         <v>2.6213821249925E+14</v>
       </c>
       <c r="C25">
         <v>499248</v>
       </c>
       <c r="D25">
         <v>262138212</v>
       </c>
       <c r="E25" t="s">
         <v>26</v>
       </c>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70260110</v>
+        <v>70647207</v>
       </c>
       <c r="B26">
         <v>2.6213821249925E+14</v>
       </c>
       <c r="C26">
         <v>499248</v>
       </c>
       <c r="D26">
         <v>262138212</v>
       </c>
       <c r="E26" t="s">
         <v>26</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>61</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70260112</v>
+        <v>70647209</v>
       </c>
       <c r="B27">
         <v>2.6213821249925E+14</v>
       </c>
       <c r="C27">
         <v>499248</v>
       </c>
       <c r="D27">
         <v>262138212</v>
       </c>
       <c r="E27" t="s">
         <v>26</v>
       </c>
       <c r="F27" t="s">
         <v>62</v>
       </c>
       <c r="G27" t="s">
         <v>63</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>