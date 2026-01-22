--- v0 (2025-12-08)
+++ v1 (2026-01-22)
@@ -988,132 +988,132 @@
       </c>
       <c r="C16">
         <v>501317</v>
       </c>
       <c r="D16">
         <v>262721746</v>
       </c>
       <c r="E16" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
         <v>41</v>
       </c>
       <c r="G16" t="s">
         <v>42</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70330136</v>
+        <v>70772134</v>
       </c>
       <c r="B17">
         <v>2.6272174650132E+14</v>
       </c>
       <c r="C17">
         <v>501317</v>
       </c>
       <c r="D17">
         <v>262721746</v>
       </c>
       <c r="E17" t="s">
         <v>43</v>
       </c>
       <c r="F17" t="s">
         <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>45</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70330140</v>
+        <v>70772136</v>
       </c>
       <c r="B18">
         <v>2.6272174650132E+14</v>
       </c>
       <c r="C18">
         <v>501317</v>
       </c>
       <c r="D18">
         <v>262721746</v>
       </c>
       <c r="E18" t="s">
         <v>43</v>
       </c>
       <c r="F18" t="s">
         <v>46</v>
       </c>
       <c r="G18" t="s">
         <v>47</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70330138</v>
+        <v>70772135</v>
       </c>
       <c r="B19">
         <v>2.6272174650132E+14</v>
       </c>
       <c r="C19">
         <v>501317</v>
       </c>
       <c r="D19">
         <v>262721746</v>
       </c>
       <c r="E19" t="s">
         <v>43</v>
       </c>
       <c r="F19" t="s">
         <v>48</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70330141</v>
+        <v>70772137</v>
       </c>
       <c r="B20">
         <v>2.6272174650132E+14</v>
       </c>
       <c r="C20">
         <v>501317</v>
       </c>
       <c r="D20">
         <v>262721746</v>
       </c>
       <c r="E20" t="s">
         <v>43</v>
       </c>
       <c r="F20" t="s">
         <v>50</v>
       </c>
       <c r="G20" t="s">
         <v>51</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>