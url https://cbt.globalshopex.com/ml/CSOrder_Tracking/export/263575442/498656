--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1195,132 +1195,132 @@
       </c>
       <c r="C22">
         <v>498656</v>
       </c>
       <c r="D22">
         <v>263575442</v>
       </c>
       <c r="E22" t="s">
         <v>49</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70286370</v>
+        <v>70541979</v>
       </c>
       <c r="B23">
         <v>2.6357544249866E+14</v>
       </c>
       <c r="C23">
         <v>498656</v>
       </c>
       <c r="D23">
         <v>263575442</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70286372</v>
+        <v>70541981</v>
       </c>
       <c r="B24">
         <v>2.6357544249866E+14</v>
       </c>
       <c r="C24">
         <v>498656</v>
       </c>
       <c r="D24">
         <v>263575442</v>
       </c>
       <c r="E24" t="s">
         <v>54</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70286373</v>
+        <v>70541982</v>
       </c>
       <c r="B25">
         <v>2.6357544249866E+14</v>
       </c>
       <c r="C25">
         <v>498656</v>
       </c>
       <c r="D25">
         <v>263575442</v>
       </c>
       <c r="E25" t="s">
         <v>54</v>
       </c>
       <c r="F25" t="s">
         <v>59</v>
       </c>
       <c r="G25" t="s">
         <v>60</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70286371</v>
+        <v>70541980</v>
       </c>
       <c r="B26">
         <v>2.6357544249866E+14</v>
       </c>
       <c r="C26">
         <v>498656</v>
       </c>
       <c r="D26">
         <v>263575442</v>
       </c>
       <c r="E26" t="s">
         <v>54</v>
       </c>
       <c r="F26" t="s">
         <v>61</v>
       </c>
       <c r="G26" t="s">
         <v>62</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>