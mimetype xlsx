--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -1248,51 +1248,51 @@
       </c>
       <c r="C23">
         <v>500725</v>
       </c>
       <c r="D23">
         <v>263859746</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69870646</v>
+        <v>70330207</v>
       </c>
       <c r="B24">
         <v>2.6385974650072E+14</v>
       </c>
       <c r="C24">
         <v>500725</v>
       </c>
       <c r="D24">
         <v>263859746</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1362,105 +1362,105 @@
       </c>
       <c r="C27">
         <v>500725</v>
       </c>
       <c r="D27">
         <v>263859746</v>
       </c>
       <c r="E27" t="s">
         <v>17</v>
       </c>
       <c r="F27" t="s">
         <v>37</v>
       </c>
       <c r="G27" t="s">
         <v>64</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69870648</v>
+        <v>70330212</v>
       </c>
       <c r="B28">
         <v>2.6385974650072E+14</v>
       </c>
       <c r="C28">
         <v>500725</v>
       </c>
       <c r="D28">
         <v>263859746</v>
       </c>
       <c r="E28" t="s">
         <v>56</v>
       </c>
       <c r="F28" t="s">
         <v>65</v>
       </c>
       <c r="G28" t="s">
         <v>66</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69870647</v>
+        <v>70330209</v>
       </c>
       <c r="B29">
         <v>2.6385974650072E+14</v>
       </c>
       <c r="C29">
         <v>500725</v>
       </c>
       <c r="D29">
         <v>263859746</v>
       </c>
       <c r="E29" t="s">
         <v>56</v>
       </c>
       <c r="F29" t="s">
         <v>67</v>
       </c>
       <c r="G29" t="s">
         <v>68</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69870649</v>
+        <v>70330213</v>
       </c>
       <c r="B30">
         <v>2.6385974650072E+14</v>
       </c>
       <c r="C30">
         <v>500725</v>
       </c>
       <c r="D30">
         <v>263859746</v>
       </c>
       <c r="E30" t="s">
         <v>56</v>
       </c>
       <c r="F30" t="s">
         <v>69</v>
       </c>
       <c r="G30" t="s">
         <v>70</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>