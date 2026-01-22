--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -1248,51 +1248,51 @@
       </c>
       <c r="C23">
         <v>500725</v>
       </c>
       <c r="D23">
         <v>263859746</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70330207</v>
+        <v>70532995</v>
       </c>
       <c r="B24">
         <v>2.6385974650072E+14</v>
       </c>
       <c r="C24">
         <v>500725</v>
       </c>
       <c r="D24">
         <v>263859746</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1362,105 +1362,105 @@
       </c>
       <c r="C27">
         <v>500725</v>
       </c>
       <c r="D27">
         <v>263859746</v>
       </c>
       <c r="E27" t="s">
         <v>17</v>
       </c>
       <c r="F27" t="s">
         <v>37</v>
       </c>
       <c r="G27" t="s">
         <v>64</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70330212</v>
+        <v>70532997</v>
       </c>
       <c r="B28">
         <v>2.6385974650072E+14</v>
       </c>
       <c r="C28">
         <v>500725</v>
       </c>
       <c r="D28">
         <v>263859746</v>
       </c>
       <c r="E28" t="s">
         <v>56</v>
       </c>
       <c r="F28" t="s">
         <v>65</v>
       </c>
       <c r="G28" t="s">
         <v>66</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70330209</v>
+        <v>70532996</v>
       </c>
       <c r="B29">
         <v>2.6385974650072E+14</v>
       </c>
       <c r="C29">
         <v>500725</v>
       </c>
       <c r="D29">
         <v>263859746</v>
       </c>
       <c r="E29" t="s">
         <v>56</v>
       </c>
       <c r="F29" t="s">
         <v>67</v>
       </c>
       <c r="G29" t="s">
         <v>68</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70330213</v>
+        <v>70532998</v>
       </c>
       <c r="B30">
         <v>2.6385974650072E+14</v>
       </c>
       <c r="C30">
         <v>500725</v>
       </c>
       <c r="D30">
         <v>263859746</v>
       </c>
       <c r="E30" t="s">
         <v>56</v>
       </c>
       <c r="F30" t="s">
         <v>69</v>
       </c>
       <c r="G30" t="s">
         <v>70</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>