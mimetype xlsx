--- v0 (2025-10-14)
+++ v1 (2026-01-14)
@@ -933,51 +933,51 @@
       </c>
       <c r="C14">
         <v>530029</v>
       </c>
       <c r="D14">
         <v>264167482</v>
       </c>
       <c r="E14" t="s">
         <v>17</v>
       </c>
       <c r="F14" t="s">
         <v>37</v>
       </c>
       <c r="G14" t="s">
         <v>38</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69895777</v>
+        <v>70712120</v>
       </c>
       <c r="B15">
         <v>2.6416748253003E+14</v>
       </c>
       <c r="C15">
         <v>530029</v>
       </c>
       <c r="D15">
         <v>264167482</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
       <c r="G15" t="s">
         <v>41</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:9">
@@ -1018,105 +1018,105 @@
       </c>
       <c r="C17">
         <v>530029</v>
       </c>
       <c r="D17">
         <v>264167482</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>45</v>
       </c>
       <c r="G17" t="s">
         <v>46</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69895779</v>
+        <v>70712122</v>
       </c>
       <c r="B18">
         <v>2.6416748253003E+14</v>
       </c>
       <c r="C18">
         <v>530029</v>
       </c>
       <c r="D18">
         <v>264167482</v>
       </c>
       <c r="E18" t="s">
         <v>39</v>
       </c>
       <c r="F18" t="s">
         <v>47</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69895778</v>
+        <v>70712121</v>
       </c>
       <c r="B19">
         <v>2.6416748253003E+14</v>
       </c>
       <c r="C19">
         <v>530029</v>
       </c>
       <c r="D19">
         <v>264167482</v>
       </c>
       <c r="E19" t="s">
         <v>39</v>
       </c>
       <c r="F19" t="s">
         <v>49</v>
       </c>
       <c r="G19" t="s">
         <v>50</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69895780</v>
+        <v>70712123</v>
       </c>
       <c r="B20">
         <v>2.6416748253003E+14</v>
       </c>
       <c r="C20">
         <v>530029</v>
       </c>
       <c r="D20">
         <v>264167482</v>
       </c>
       <c r="E20" t="s">
         <v>39</v>
       </c>
       <c r="F20" t="s">
         <v>51</v>
       </c>
       <c r="G20" t="s">
         <v>52</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>