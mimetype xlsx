--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -649,51 +649,51 @@
       </c>
       <c r="C4">
         <v>499123</v>
       </c>
       <c r="D4">
         <v>264376242</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4" t="s">
         <v>12</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>70286350</v>
+        <v>70741241</v>
       </c>
       <c r="B5">
         <v>2.6437624249912E+14</v>
       </c>
       <c r="C5">
         <v>499123</v>
       </c>
       <c r="D5">
         <v>264376242</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:9">
@@ -1082,105 +1082,105 @@
       </c>
       <c r="C19">
         <v>499123</v>
       </c>
       <c r="D19">
         <v>264376242</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>30</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70286352</v>
+        <v>70741245</v>
       </c>
       <c r="B20">
         <v>2.6437624249912E+14</v>
       </c>
       <c r="C20">
         <v>499123</v>
       </c>
       <c r="D20">
         <v>264376242</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>49</v>
       </c>
       <c r="G20" t="s">
         <v>50</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70286353</v>
+        <v>70741246</v>
       </c>
       <c r="B21">
         <v>2.6437624249912E+14</v>
       </c>
       <c r="C21">
         <v>499123</v>
       </c>
       <c r="D21">
         <v>264376242</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>51</v>
       </c>
       <c r="G21" t="s">
         <v>52</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70286351</v>
+        <v>70741242</v>
       </c>
       <c r="B22">
         <v>2.6437624249912E+14</v>
       </c>
       <c r="C22">
         <v>499123</v>
       </c>
       <c r="D22">
         <v>264376242</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>53</v>
       </c>
       <c r="G22" t="s">
         <v>54</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>