--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1059,51 +1059,51 @@
       </c>
       <c r="C17">
         <v>498731</v>
       </c>
       <c r="D17">
         <v>264984212</v>
       </c>
       <c r="E17" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
         <v>41</v>
       </c>
       <c r="G17" t="s">
         <v>43</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69873239</v>
+        <v>70261163</v>
       </c>
       <c r="B18">
         <v>2.6498421249873E+14</v>
       </c>
       <c r="C18">
         <v>498731</v>
       </c>
       <c r="D18">
         <v>264984212</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>45</v>
       </c>
       <c r="G18" t="s">
         <v>46</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:9">
@@ -1289,105 +1289,105 @@
       </c>
       <c r="C25">
         <v>498731</v>
       </c>
       <c r="D25">
         <v>264984212</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
         <v>31</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69873241</v>
+        <v>70261165</v>
       </c>
       <c r="B26">
         <v>2.6498421249873E+14</v>
       </c>
       <c r="C26">
         <v>498731</v>
       </c>
       <c r="D26">
         <v>264984212</v>
       </c>
       <c r="E26" t="s">
         <v>44</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>61</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69873242</v>
+        <v>70261166</v>
       </c>
       <c r="B27">
         <v>2.6498421249873E+14</v>
       </c>
       <c r="C27">
         <v>498731</v>
       </c>
       <c r="D27">
         <v>264984212</v>
       </c>
       <c r="E27" t="s">
         <v>44</v>
       </c>
       <c r="F27" t="s">
         <v>62</v>
       </c>
       <c r="G27" t="s">
         <v>63</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69873240</v>
+        <v>70261164</v>
       </c>
       <c r="B28">
         <v>2.6498421249873E+14</v>
       </c>
       <c r="C28">
         <v>498731</v>
       </c>
       <c r="D28">
         <v>264984212</v>
       </c>
       <c r="E28" t="s">
         <v>44</v>
       </c>
       <c r="F28" t="s">
         <v>64</v>
       </c>
       <c r="G28" t="s">
         <v>65</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>