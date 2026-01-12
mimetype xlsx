--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -1059,51 +1059,51 @@
       </c>
       <c r="C17">
         <v>498731</v>
       </c>
       <c r="D17">
         <v>264984212</v>
       </c>
       <c r="E17" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
         <v>41</v>
       </c>
       <c r="G17" t="s">
         <v>43</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70261163</v>
+        <v>70538260</v>
       </c>
       <c r="B18">
         <v>2.6498421249873E+14</v>
       </c>
       <c r="C18">
         <v>498731</v>
       </c>
       <c r="D18">
         <v>264984212</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>45</v>
       </c>
       <c r="G18" t="s">
         <v>46</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:9">
@@ -1289,105 +1289,105 @@
       </c>
       <c r="C25">
         <v>498731</v>
       </c>
       <c r="D25">
         <v>264984212</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
         <v>31</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70261165</v>
+        <v>70538262</v>
       </c>
       <c r="B26">
         <v>2.6498421249873E+14</v>
       </c>
       <c r="C26">
         <v>498731</v>
       </c>
       <c r="D26">
         <v>264984212</v>
       </c>
       <c r="E26" t="s">
         <v>44</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>61</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70261166</v>
+        <v>70538263</v>
       </c>
       <c r="B27">
         <v>2.6498421249873E+14</v>
       </c>
       <c r="C27">
         <v>498731</v>
       </c>
       <c r="D27">
         <v>264984212</v>
       </c>
       <c r="E27" t="s">
         <v>44</v>
       </c>
       <c r="F27" t="s">
         <v>62</v>
       </c>
       <c r="G27" t="s">
         <v>63</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70261164</v>
+        <v>70538261</v>
       </c>
       <c r="B28">
         <v>2.6498421249873E+14</v>
       </c>
       <c r="C28">
         <v>498731</v>
       </c>
       <c r="D28">
         <v>264984212</v>
       </c>
       <c r="E28" t="s">
         <v>44</v>
       </c>
       <c r="F28" t="s">
         <v>64</v>
       </c>
       <c r="G28" t="s">
         <v>65</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>