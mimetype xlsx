--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -725,51 +725,51 @@
       </c>
       <c r="C6">
         <v>496730</v>
       </c>
       <c r="D6">
         <v>265913152</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6" t="s">
         <v>12</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>69873254</v>
+        <v>70265297</v>
       </c>
       <c r="B7">
         <v>2.6591315249673E+14</v>
       </c>
       <c r="C7">
         <v>496730</v>
       </c>
       <c r="D7">
         <v>265913152</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:9">
@@ -1187,105 +1187,105 @@
       </c>
       <c r="C22">
         <v>496730</v>
       </c>
       <c r="D22">
         <v>265913152</v>
       </c>
       <c r="E22" t="s">
         <v>19</v>
       </c>
       <c r="F22" t="s">
         <v>35</v>
       </c>
       <c r="G22" t="s">
         <v>54</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69873256</v>
+        <v>70265302</v>
       </c>
       <c r="B23">
         <v>2.6591315249673E+14</v>
       </c>
       <c r="C23">
         <v>496730</v>
       </c>
       <c r="D23">
         <v>265913152</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69873257</v>
+        <v>70265303</v>
       </c>
       <c r="B24">
         <v>2.6591315249673E+14</v>
       </c>
       <c r="C24">
         <v>496730</v>
       </c>
       <c r="D24">
         <v>265913152</v>
       </c>
       <c r="E24" t="s">
         <v>24</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69873255</v>
+        <v>70265299</v>
       </c>
       <c r="B25">
         <v>2.6591315249673E+14</v>
       </c>
       <c r="C25">
         <v>496730</v>
       </c>
       <c r="D25">
         <v>265913152</v>
       </c>
       <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25" t="s">
         <v>59</v>
       </c>
       <c r="G25" t="s">
         <v>60</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>