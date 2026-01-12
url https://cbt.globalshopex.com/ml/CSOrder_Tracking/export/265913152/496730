--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -725,51 +725,51 @@
       </c>
       <c r="C6">
         <v>496730</v>
       </c>
       <c r="D6">
         <v>265913152</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6" t="s">
         <v>12</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>70265297</v>
+        <v>70654140</v>
       </c>
       <c r="B7">
         <v>2.6591315249673E+14</v>
       </c>
       <c r="C7">
         <v>496730</v>
       </c>
       <c r="D7">
         <v>265913152</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:9">
@@ -1187,105 +1187,105 @@
       </c>
       <c r="C22">
         <v>496730</v>
       </c>
       <c r="D22">
         <v>265913152</v>
       </c>
       <c r="E22" t="s">
         <v>19</v>
       </c>
       <c r="F22" t="s">
         <v>35</v>
       </c>
       <c r="G22" t="s">
         <v>54</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70265302</v>
+        <v>70654144</v>
       </c>
       <c r="B23">
         <v>2.6591315249673E+14</v>
       </c>
       <c r="C23">
         <v>496730</v>
       </c>
       <c r="D23">
         <v>265913152</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70265303</v>
+        <v>70654145</v>
       </c>
       <c r="B24">
         <v>2.6591315249673E+14</v>
       </c>
       <c r="C24">
         <v>496730</v>
       </c>
       <c r="D24">
         <v>265913152</v>
       </c>
       <c r="E24" t="s">
         <v>24</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70265299</v>
+        <v>70654141</v>
       </c>
       <c r="B25">
         <v>2.6591315249673E+14</v>
       </c>
       <c r="C25">
         <v>496730</v>
       </c>
       <c r="D25">
         <v>265913152</v>
       </c>
       <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25" t="s">
         <v>59</v>
       </c>
       <c r="G25" t="s">
         <v>60</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>