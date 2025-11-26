--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -995,51 +995,51 @@
       </c>
       <c r="C15">
         <v>497454</v>
       </c>
       <c r="D15">
         <v>266643352</v>
       </c>
       <c r="E15" t="s">
         <v>14</v>
       </c>
       <c r="F15" t="s">
         <v>38</v>
       </c>
       <c r="G15" t="s">
         <v>39</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69855979</v>
+        <v>70003798</v>
       </c>
       <c r="B16">
         <v>2.6664335249745E+14</v>
       </c>
       <c r="C16">
         <v>497454</v>
       </c>
       <c r="D16">
         <v>266643352</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>41</v>
       </c>
       <c r="G16" t="s">
         <v>42</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:9">
@@ -1283,105 +1283,105 @@
       </c>
       <c r="C25">
         <v>497454</v>
       </c>
       <c r="D25">
         <v>266643352</v>
       </c>
       <c r="E25" t="s">
         <v>51</v>
       </c>
       <c r="F25" t="s">
         <v>52</v>
       </c>
       <c r="G25" t="s">
         <v>57</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69855980</v>
+        <v>70003799</v>
       </c>
       <c r="B26">
         <v>2.6664335249745E+14</v>
       </c>
       <c r="C26">
         <v>497454</v>
       </c>
       <c r="D26">
         <v>266643352</v>
       </c>
       <c r="E26" t="s">
         <v>40</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>59</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69855981</v>
+        <v>70003800</v>
       </c>
       <c r="B27">
         <v>2.6664335249745E+14</v>
       </c>
       <c r="C27">
         <v>497454</v>
       </c>
       <c r="D27">
         <v>266643352</v>
       </c>
       <c r="E27" t="s">
         <v>40</v>
       </c>
       <c r="F27" t="s">
         <v>60</v>
       </c>
       <c r="G27" t="s">
         <v>61</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69855982</v>
+        <v>70003801</v>
       </c>
       <c r="B28">
         <v>2.6664335249745E+14</v>
       </c>
       <c r="C28">
         <v>497454</v>
       </c>
       <c r="D28">
         <v>266643352</v>
       </c>
       <c r="E28" t="s">
         <v>40</v>
       </c>
       <c r="F28" t="s">
         <v>62</v>
       </c>
       <c r="G28" t="s">
         <v>63</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>