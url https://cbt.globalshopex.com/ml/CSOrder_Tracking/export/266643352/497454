--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -995,51 +995,51 @@
       </c>
       <c r="C15">
         <v>497454</v>
       </c>
       <c r="D15">
         <v>266643352</v>
       </c>
       <c r="E15" t="s">
         <v>14</v>
       </c>
       <c r="F15" t="s">
         <v>38</v>
       </c>
       <c r="G15" t="s">
         <v>39</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70003798</v>
+        <v>70602731</v>
       </c>
       <c r="B16">
         <v>2.6664335249745E+14</v>
       </c>
       <c r="C16">
         <v>497454</v>
       </c>
       <c r="D16">
         <v>266643352</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>41</v>
       </c>
       <c r="G16" t="s">
         <v>42</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:9">
@@ -1283,105 +1283,105 @@
       </c>
       <c r="C25">
         <v>497454</v>
       </c>
       <c r="D25">
         <v>266643352</v>
       </c>
       <c r="E25" t="s">
         <v>51</v>
       </c>
       <c r="F25" t="s">
         <v>52</v>
       </c>
       <c r="G25" t="s">
         <v>57</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70003799</v>
+        <v>70602732</v>
       </c>
       <c r="B26">
         <v>2.6664335249745E+14</v>
       </c>
       <c r="C26">
         <v>497454</v>
       </c>
       <c r="D26">
         <v>266643352</v>
       </c>
       <c r="E26" t="s">
         <v>40</v>
       </c>
       <c r="F26" t="s">
         <v>58</v>
       </c>
       <c r="G26" t="s">
         <v>59</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70003800</v>
+        <v>70602733</v>
       </c>
       <c r="B27">
         <v>2.6664335249745E+14</v>
       </c>
       <c r="C27">
         <v>497454</v>
       </c>
       <c r="D27">
         <v>266643352</v>
       </c>
       <c r="E27" t="s">
         <v>40</v>
       </c>
       <c r="F27" t="s">
         <v>60</v>
       </c>
       <c r="G27" t="s">
         <v>61</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70003801</v>
+        <v>70602734</v>
       </c>
       <c r="B28">
         <v>2.6664335249745E+14</v>
       </c>
       <c r="C28">
         <v>497454</v>
       </c>
       <c r="D28">
         <v>266643352</v>
       </c>
       <c r="E28" t="s">
         <v>40</v>
       </c>
       <c r="F28" t="s">
         <v>62</v>
       </c>
       <c r="G28" t="s">
         <v>63</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>