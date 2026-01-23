--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -884,51 +884,51 @@
       </c>
       <c r="C12">
         <v>497668</v>
       </c>
       <c r="D12">
         <v>266716946</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="G12" t="s">
         <v>31</v>
       </c>
       <c r="H12" t="s">
         <v>12</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>70330300</v>
+        <v>70772632</v>
       </c>
       <c r="B13">
         <v>2.6671694649767E+14</v>
       </c>
       <c r="C13">
         <v>497668</v>
       </c>
       <c r="D13">
         <v>266716946</v>
       </c>
       <c r="E13" t="s">
         <v>32</v>
       </c>
       <c r="F13" t="s">
         <v>33</v>
       </c>
       <c r="G13" t="s">
         <v>34</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:9">
@@ -1172,105 +1172,105 @@
       </c>
       <c r="C22">
         <v>497668</v>
       </c>
       <c r="D22">
         <v>266716946</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>28</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70330302</v>
+        <v>70772634</v>
       </c>
       <c r="B23">
         <v>2.6671694649767E+14</v>
       </c>
       <c r="C23">
         <v>497668</v>
       </c>
       <c r="D23">
         <v>266716946</v>
       </c>
       <c r="E23" t="s">
         <v>32</v>
       </c>
       <c r="F23" t="s">
         <v>50</v>
       </c>
       <c r="G23" t="s">
         <v>51</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70330303</v>
+        <v>70772635</v>
       </c>
       <c r="B24">
         <v>2.6671694649767E+14</v>
       </c>
       <c r="C24">
         <v>497668</v>
       </c>
       <c r="D24">
         <v>266716946</v>
       </c>
       <c r="E24" t="s">
         <v>32</v>
       </c>
       <c r="F24" t="s">
         <v>52</v>
       </c>
       <c r="G24" t="s">
         <v>53</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70330301</v>
+        <v>70772633</v>
       </c>
       <c r="B25">
         <v>2.6671694649767E+14</v>
       </c>
       <c r="C25">
         <v>497668</v>
       </c>
       <c r="D25">
         <v>266716946</v>
       </c>
       <c r="E25" t="s">
         <v>32</v>
       </c>
       <c r="F25" t="s">
         <v>54</v>
       </c>
       <c r="G25" t="s">
         <v>55</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>