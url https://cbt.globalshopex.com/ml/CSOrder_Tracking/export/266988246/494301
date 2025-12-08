--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -1914,51 +1914,51 @@
       </c>
       <c r="C44">
         <v>494301</v>
       </c>
       <c r="D44">
         <v>266988246</v>
       </c>
       <c r="E44" t="s">
         <v>14</v>
       </c>
       <c r="F44" t="s">
         <v>73</v>
       </c>
       <c r="G44" t="s">
         <v>74</v>
       </c>
       <c r="H44" t="s">
         <v>12</v>
       </c>
       <c r="I44" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>69877306</v>
+        <v>70330407</v>
       </c>
       <c r="B45">
         <v>2.669882464943E+14</v>
       </c>
       <c r="C45">
         <v>494301</v>
       </c>
       <c r="D45">
         <v>266988246</v>
       </c>
       <c r="E45" t="s">
         <v>75</v>
       </c>
       <c r="F45" t="s">
         <v>76</v>
       </c>
       <c r="G45" t="s">
         <v>77</v>
       </c>
       <c r="H45"/>
       <c r="I45" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:9">
@@ -2028,105 +2028,105 @@
       </c>
       <c r="C48">
         <v>494301</v>
       </c>
       <c r="D48">
         <v>266988246</v>
       </c>
       <c r="E48" t="s">
         <v>14</v>
       </c>
       <c r="F48" t="s">
         <v>26</v>
       </c>
       <c r="G48" t="s">
         <v>83</v>
       </c>
       <c r="H48" t="s">
         <v>12</v>
       </c>
       <c r="I48" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>69877308</v>
+        <v>70330413</v>
       </c>
       <c r="B49">
         <v>2.669882464943E+14</v>
       </c>
       <c r="C49">
         <v>494301</v>
       </c>
       <c r="D49">
         <v>266988246</v>
       </c>
       <c r="E49" t="s">
         <v>75</v>
       </c>
       <c r="F49" t="s">
         <v>84</v>
       </c>
       <c r="G49" t="s">
         <v>85</v>
       </c>
       <c r="H49"/>
       <c r="I49" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>69877309</v>
+        <v>70330414</v>
       </c>
       <c r="B50">
         <v>2.669882464943E+14</v>
       </c>
       <c r="C50">
         <v>494301</v>
       </c>
       <c r="D50">
         <v>266988246</v>
       </c>
       <c r="E50" t="s">
         <v>75</v>
       </c>
       <c r="F50" t="s">
         <v>86</v>
       </c>
       <c r="G50" t="s">
         <v>87</v>
       </c>
       <c r="H50"/>
       <c r="I50" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>69877307</v>
+        <v>70330410</v>
       </c>
       <c r="B51">
         <v>2.669882464943E+14</v>
       </c>
       <c r="C51">
         <v>494301</v>
       </c>
       <c r="D51">
         <v>266988246</v>
       </c>
       <c r="E51" t="s">
         <v>75</v>
       </c>
       <c r="F51" t="s">
         <v>88</v>
       </c>
       <c r="G51" t="s">
         <v>89</v>
       </c>
       <c r="H51"/>
       <c r="I51" t="s">
         <v>75</v>
       </c>
     </row>
   </sheetData>