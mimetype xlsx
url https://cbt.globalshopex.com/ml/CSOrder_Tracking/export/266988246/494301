--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1914,51 +1914,51 @@
       </c>
       <c r="C44">
         <v>494301</v>
       </c>
       <c r="D44">
         <v>266988246</v>
       </c>
       <c r="E44" t="s">
         <v>14</v>
       </c>
       <c r="F44" t="s">
         <v>73</v>
       </c>
       <c r="G44" t="s">
         <v>74</v>
       </c>
       <c r="H44" t="s">
         <v>12</v>
       </c>
       <c r="I44" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>70330407</v>
+        <v>70772992</v>
       </c>
       <c r="B45">
         <v>2.669882464943E+14</v>
       </c>
       <c r="C45">
         <v>494301</v>
       </c>
       <c r="D45">
         <v>266988246</v>
       </c>
       <c r="E45" t="s">
         <v>75</v>
       </c>
       <c r="F45" t="s">
         <v>76</v>
       </c>
       <c r="G45" t="s">
         <v>77</v>
       </c>
       <c r="H45"/>
       <c r="I45" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:9">
@@ -2028,105 +2028,105 @@
       </c>
       <c r="C48">
         <v>494301</v>
       </c>
       <c r="D48">
         <v>266988246</v>
       </c>
       <c r="E48" t="s">
         <v>14</v>
       </c>
       <c r="F48" t="s">
         <v>26</v>
       </c>
       <c r="G48" t="s">
         <v>83</v>
       </c>
       <c r="H48" t="s">
         <v>12</v>
       </c>
       <c r="I48" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>70330413</v>
+        <v>70772994</v>
       </c>
       <c r="B49">
         <v>2.669882464943E+14</v>
       </c>
       <c r="C49">
         <v>494301</v>
       </c>
       <c r="D49">
         <v>266988246</v>
       </c>
       <c r="E49" t="s">
         <v>75</v>
       </c>
       <c r="F49" t="s">
         <v>84</v>
       </c>
       <c r="G49" t="s">
         <v>85</v>
       </c>
       <c r="H49"/>
       <c r="I49" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>70330414</v>
+        <v>70772995</v>
       </c>
       <c r="B50">
         <v>2.669882464943E+14</v>
       </c>
       <c r="C50">
         <v>494301</v>
       </c>
       <c r="D50">
         <v>266988246</v>
       </c>
       <c r="E50" t="s">
         <v>75</v>
       </c>
       <c r="F50" t="s">
         <v>86</v>
       </c>
       <c r="G50" t="s">
         <v>87</v>
       </c>
       <c r="H50"/>
       <c r="I50" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>70330410</v>
+        <v>70772993</v>
       </c>
       <c r="B51">
         <v>2.669882464943E+14</v>
       </c>
       <c r="C51">
         <v>494301</v>
       </c>
       <c r="D51">
         <v>266988246</v>
       </c>
       <c r="E51" t="s">
         <v>75</v>
       </c>
       <c r="F51" t="s">
         <v>88</v>
       </c>
       <c r="G51" t="s">
         <v>89</v>
       </c>
       <c r="H51"/>
       <c r="I51" t="s">
         <v>75</v>
       </c>
     </row>
   </sheetData>