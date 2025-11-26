--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1024,51 +1024,51 @@
       </c>
       <c r="C16">
         <v>497249</v>
       </c>
       <c r="D16">
         <v>267247352</v>
       </c>
       <c r="E16" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
         <v>41</v>
       </c>
       <c r="G16" t="s">
         <v>42</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69873229</v>
+        <v>70267247</v>
       </c>
       <c r="B17">
         <v>2.6724735249725E+14</v>
       </c>
       <c r="C17">
         <v>497249</v>
       </c>
       <c r="D17">
         <v>267247352</v>
       </c>
       <c r="E17" t="s">
         <v>43</v>
       </c>
       <c r="F17" t="s">
         <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>45</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:9">
@@ -1225,105 +1225,105 @@
       </c>
       <c r="C23">
         <v>497249</v>
       </c>
       <c r="D23">
         <v>267247352</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>31</v>
       </c>
       <c r="G23" t="s">
         <v>57</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69873231</v>
+        <v>70267249</v>
       </c>
       <c r="B24">
         <v>2.6724735249725E+14</v>
       </c>
       <c r="C24">
         <v>497249</v>
       </c>
       <c r="D24">
         <v>267247352</v>
       </c>
       <c r="E24" t="s">
         <v>43</v>
       </c>
       <c r="F24" t="s">
         <v>58</v>
       </c>
       <c r="G24" t="s">
         <v>59</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69873232</v>
+        <v>70267250</v>
       </c>
       <c r="B25">
         <v>2.6724735249725E+14</v>
       </c>
       <c r="C25">
         <v>497249</v>
       </c>
       <c r="D25">
         <v>267247352</v>
       </c>
       <c r="E25" t="s">
         <v>43</v>
       </c>
       <c r="F25" t="s">
         <v>60</v>
       </c>
       <c r="G25" t="s">
         <v>61</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69873230</v>
+        <v>70267248</v>
       </c>
       <c r="B26">
         <v>2.6724735249725E+14</v>
       </c>
       <c r="C26">
         <v>497249</v>
       </c>
       <c r="D26">
         <v>267247352</v>
       </c>
       <c r="E26" t="s">
         <v>43</v>
       </c>
       <c r="F26" t="s">
         <v>62</v>
       </c>
       <c r="G26" t="s">
         <v>63</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>