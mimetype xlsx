--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -609,132 +609,132 @@
       </c>
       <c r="C5">
         <v>502985</v>
       </c>
       <c r="D5">
         <v>268371546</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5" t="s">
         <v>12</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69866893</v>
+        <v>70330198</v>
       </c>
       <c r="B6">
         <v>2.6837154650298E+14</v>
       </c>
       <c r="C6">
         <v>502985</v>
       </c>
       <c r="D6">
         <v>268371546</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>69866895</v>
+        <v>70330200</v>
       </c>
       <c r="B7">
         <v>2.6837154650298E+14</v>
       </c>
       <c r="C7">
         <v>502985</v>
       </c>
       <c r="D7">
         <v>268371546</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>26</v>
       </c>
       <c r="G7" t="s">
         <v>27</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69866896</v>
+        <v>70330201</v>
       </c>
       <c r="B8">
         <v>2.6837154650298E+14</v>
       </c>
       <c r="C8">
         <v>502985</v>
       </c>
       <c r="D8">
         <v>268371546</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>28</v>
       </c>
       <c r="G8" t="s">
         <v>29</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69866894</v>
+        <v>70330199</v>
       </c>
       <c r="B9">
         <v>2.6837154650298E+14</v>
       </c>
       <c r="C9">
         <v>502985</v>
       </c>
       <c r="D9">
         <v>268371546</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>