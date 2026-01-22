--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -609,132 +609,132 @@
       </c>
       <c r="C5">
         <v>502985</v>
       </c>
       <c r="D5">
         <v>268371546</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5" t="s">
         <v>12</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>70330198</v>
+        <v>70772138</v>
       </c>
       <c r="B6">
         <v>2.6837154650298E+14</v>
       </c>
       <c r="C6">
         <v>502985</v>
       </c>
       <c r="D6">
         <v>268371546</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>70330200</v>
+        <v>70772140</v>
       </c>
       <c r="B7">
         <v>2.6837154650298E+14</v>
       </c>
       <c r="C7">
         <v>502985</v>
       </c>
       <c r="D7">
         <v>268371546</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>26</v>
       </c>
       <c r="G7" t="s">
         <v>27</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>70330201</v>
+        <v>70772141</v>
       </c>
       <c r="B8">
         <v>2.6837154650298E+14</v>
       </c>
       <c r="C8">
         <v>502985</v>
       </c>
       <c r="D8">
         <v>268371546</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>28</v>
       </c>
       <c r="G8" t="s">
         <v>29</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>70330199</v>
+        <v>70772139</v>
       </c>
       <c r="B9">
         <v>2.6837154650298E+14</v>
       </c>
       <c r="C9">
         <v>502985</v>
       </c>
       <c r="D9">
         <v>268371546</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>