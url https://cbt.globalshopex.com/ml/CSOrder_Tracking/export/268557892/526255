--- v0 (2025-10-15)
+++ v1 (2026-01-14)
@@ -825,51 +825,51 @@
       </c>
       <c r="C11">
         <v>526255</v>
       </c>
       <c r="D11">
         <v>268557892</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
         <v>31</v>
       </c>
       <c r="G11" t="s">
         <v>30</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69909632</v>
+        <v>70713184</v>
       </c>
       <c r="B12">
         <v>2.6855789252626E+14</v>
       </c>
       <c r="C12">
         <v>526255</v>
       </c>
       <c r="D12">
         <v>268557892</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>33</v>
       </c>
       <c r="G12" t="s">
         <v>34</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -910,105 +910,105 @@
       </c>
       <c r="C14">
         <v>526255</v>
       </c>
       <c r="D14">
         <v>268557892</v>
       </c>
       <c r="E14" t="s">
         <v>35</v>
       </c>
       <c r="F14" t="s">
         <v>38</v>
       </c>
       <c r="G14" t="s">
         <v>39</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69909634</v>
+        <v>70713186</v>
       </c>
       <c r="B15">
         <v>2.6855789252626E+14</v>
       </c>
       <c r="C15">
         <v>526255</v>
       </c>
       <c r="D15">
         <v>268557892</v>
       </c>
       <c r="E15" t="s">
         <v>32</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
       <c r="G15" t="s">
         <v>41</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69909633</v>
+        <v>70713185</v>
       </c>
       <c r="B16">
         <v>2.6855789252626E+14</v>
       </c>
       <c r="C16">
         <v>526255</v>
       </c>
       <c r="D16">
         <v>268557892</v>
       </c>
       <c r="E16" t="s">
         <v>32</v>
       </c>
       <c r="F16" t="s">
         <v>42</v>
       </c>
       <c r="G16" t="s">
         <v>43</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69909635</v>
+        <v>70713187</v>
       </c>
       <c r="B17">
         <v>2.6855789252626E+14</v>
       </c>
       <c r="C17">
         <v>526255</v>
       </c>
       <c r="D17">
         <v>268557892</v>
       </c>
       <c r="E17" t="s">
         <v>32</v>
       </c>
       <c r="F17" t="s">
         <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>45</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>