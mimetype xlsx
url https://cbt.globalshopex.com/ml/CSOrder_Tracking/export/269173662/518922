--- v0 (2025-10-17)
+++ v1 (2026-01-14)
@@ -927,51 +927,51 @@
       </c>
       <c r="C14">
         <v>518922</v>
       </c>
       <c r="D14">
         <v>269173662</v>
       </c>
       <c r="E14" t="s">
         <v>17</v>
       </c>
       <c r="F14" t="s">
         <v>32</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69917553</v>
+        <v>70717051</v>
       </c>
       <c r="B15">
         <v>2.6917366251892E+14</v>
       </c>
       <c r="C15">
         <v>518922</v>
       </c>
       <c r="D15">
         <v>269173662</v>
       </c>
       <c r="E15" t="s">
         <v>36</v>
       </c>
       <c r="F15" t="s">
         <v>37</v>
       </c>
       <c r="G15" t="s">
         <v>38</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:9">
@@ -1041,105 +1041,105 @@
       </c>
       <c r="C18">
         <v>518922</v>
       </c>
       <c r="D18">
         <v>269173662</v>
       </c>
       <c r="E18" t="s">
         <v>39</v>
       </c>
       <c r="F18" t="s">
         <v>43</v>
       </c>
       <c r="G18" t="s">
         <v>44</v>
       </c>
       <c r="H18" t="s">
         <v>12</v>
       </c>
       <c r="I18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69917555</v>
+        <v>70717053</v>
       </c>
       <c r="B19">
         <v>2.6917366251892E+14</v>
       </c>
       <c r="C19">
         <v>518922</v>
       </c>
       <c r="D19">
         <v>269173662</v>
       </c>
       <c r="E19" t="s">
         <v>36</v>
       </c>
       <c r="F19" t="s">
         <v>45</v>
       </c>
       <c r="G19" t="s">
         <v>46</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69917554</v>
+        <v>70717052</v>
       </c>
       <c r="B20">
         <v>2.6917366251892E+14</v>
       </c>
       <c r="C20">
         <v>518922</v>
       </c>
       <c r="D20">
         <v>269173662</v>
       </c>
       <c r="E20" t="s">
         <v>36</v>
       </c>
       <c r="F20" t="s">
         <v>47</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69917556</v>
+        <v>70717054</v>
       </c>
       <c r="B21">
         <v>2.6917366251892E+14</v>
       </c>
       <c r="C21">
         <v>518922</v>
       </c>
       <c r="D21">
         <v>269173662</v>
       </c>
       <c r="E21" t="s">
         <v>36</v>
       </c>
       <c r="F21" t="s">
         <v>49</v>
       </c>
       <c r="G21" t="s">
         <v>50</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>