--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -1097,51 +1097,51 @@
       </c>
       <c r="C18">
         <v>499777</v>
       </c>
       <c r="D18">
         <v>272843846</v>
       </c>
       <c r="E18" t="s">
         <v>17</v>
       </c>
       <c r="F18" t="s">
         <v>44</v>
       </c>
       <c r="G18" t="s">
         <v>45</v>
       </c>
       <c r="H18" t="s">
         <v>12</v>
       </c>
       <c r="I18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70330245</v>
+        <v>70772656</v>
       </c>
       <c r="B19">
         <v>2.7284384649978E+14</v>
       </c>
       <c r="C19">
         <v>499777</v>
       </c>
       <c r="D19">
         <v>272843846</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>47</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:9">
@@ -1327,105 +1327,105 @@
       </c>
       <c r="C26">
         <v>499777</v>
       </c>
       <c r="D26">
         <v>272843846</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
         <v>35</v>
       </c>
       <c r="G26" t="s">
         <v>62</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70330247</v>
+        <v>70772658</v>
       </c>
       <c r="B27">
         <v>2.7284384649978E+14</v>
       </c>
       <c r="C27">
         <v>499777</v>
       </c>
       <c r="D27">
         <v>272843846</v>
       </c>
       <c r="E27" t="s">
         <v>46</v>
       </c>
       <c r="F27" t="s">
         <v>63</v>
       </c>
       <c r="G27" t="s">
         <v>64</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70330246</v>
+        <v>70772657</v>
       </c>
       <c r="B28">
         <v>2.7284384649978E+14</v>
       </c>
       <c r="C28">
         <v>499777</v>
       </c>
       <c r="D28">
         <v>272843846</v>
       </c>
       <c r="E28" t="s">
         <v>46</v>
       </c>
       <c r="F28" t="s">
         <v>65</v>
       </c>
       <c r="G28" t="s">
         <v>66</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70330248</v>
+        <v>70772659</v>
       </c>
       <c r="B29">
         <v>2.7284384649978E+14</v>
       </c>
       <c r="C29">
         <v>499777</v>
       </c>
       <c r="D29">
         <v>272843846</v>
       </c>
       <c r="E29" t="s">
         <v>46</v>
       </c>
       <c r="F29" t="s">
         <v>67</v>
       </c>
       <c r="G29" t="s">
         <v>68</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>