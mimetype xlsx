--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -713,51 +713,51 @@
       </c>
       <c r="C6">
         <v>499228</v>
       </c>
       <c r="D6">
         <v>273319242</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6" t="s">
         <v>12</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>70286346</v>
+        <v>70741295</v>
       </c>
       <c r="B7">
         <v>2.7331924249923E+14</v>
       </c>
       <c r="C7">
         <v>499228</v>
       </c>
       <c r="D7">
         <v>273319242</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:9">
@@ -1117,105 +1117,105 @@
       </c>
       <c r="C20">
         <v>499228</v>
       </c>
       <c r="D20">
         <v>273319242</v>
       </c>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
         <v>33</v>
       </c>
       <c r="G20" t="s">
         <v>50</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70286348</v>
+        <v>70741299</v>
       </c>
       <c r="B21">
         <v>2.7331924249923E+14</v>
       </c>
       <c r="C21">
         <v>499228</v>
       </c>
       <c r="D21">
         <v>273319242</v>
       </c>
       <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" t="s">
         <v>51</v>
       </c>
       <c r="G21" t="s">
         <v>52</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70286349</v>
+        <v>70741300</v>
       </c>
       <c r="B22">
         <v>2.7331924249923E+14</v>
       </c>
       <c r="C22">
         <v>499228</v>
       </c>
       <c r="D22">
         <v>273319242</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>53</v>
       </c>
       <c r="G22" t="s">
         <v>54</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70286347</v>
+        <v>70741296</v>
       </c>
       <c r="B23">
         <v>2.7331924249923E+14</v>
       </c>
       <c r="C23">
         <v>499228</v>
       </c>
       <c r="D23">
         <v>273319242</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>