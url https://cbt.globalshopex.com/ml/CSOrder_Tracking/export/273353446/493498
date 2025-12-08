--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -1498,51 +1498,51 @@
       </c>
       <c r="C31">
         <v>493498</v>
       </c>
       <c r="D31">
         <v>273353446</v>
       </c>
       <c r="E31" t="s">
         <v>17</v>
       </c>
       <c r="F31" t="s">
         <v>56</v>
       </c>
       <c r="G31" t="s">
         <v>63</v>
       </c>
       <c r="H31" t="s">
         <v>12</v>
       </c>
       <c r="I31" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>69878476</v>
+        <v>70330408</v>
       </c>
       <c r="B32">
         <v>2.733534464935E+14</v>
       </c>
       <c r="C32">
         <v>493498</v>
       </c>
       <c r="D32">
         <v>273353446</v>
       </c>
       <c r="E32" t="s">
         <v>64</v>
       </c>
       <c r="F32" t="s">
         <v>65</v>
       </c>
       <c r="G32" t="s">
         <v>66</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="33" spans="1:9">
@@ -1612,105 +1612,105 @@
       </c>
       <c r="C35">
         <v>493498</v>
       </c>
       <c r="D35">
         <v>273353446</v>
       </c>
       <c r="E35" t="s">
         <v>17</v>
       </c>
       <c r="F35" t="s">
         <v>29</v>
       </c>
       <c r="G35" t="s">
         <v>70</v>
       </c>
       <c r="H35" t="s">
         <v>12</v>
       </c>
       <c r="I35" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>69878477</v>
+        <v>70330411</v>
       </c>
       <c r="B36">
         <v>2.733534464935E+14</v>
       </c>
       <c r="C36">
         <v>493498</v>
       </c>
       <c r="D36">
         <v>273353446</v>
       </c>
       <c r="E36" t="s">
         <v>64</v>
       </c>
       <c r="F36" t="s">
         <v>71</v>
       </c>
       <c r="G36" t="s">
         <v>72</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>69878478</v>
+        <v>70330416</v>
       </c>
       <c r="B37">
         <v>2.733534464935E+14</v>
       </c>
       <c r="C37">
         <v>493498</v>
       </c>
       <c r="D37">
         <v>273353446</v>
       </c>
       <c r="E37" t="s">
         <v>64</v>
       </c>
       <c r="F37" t="s">
         <v>73</v>
       </c>
       <c r="G37" t="s">
         <v>74</v>
       </c>
       <c r="H37"/>
       <c r="I37" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>69878479</v>
+        <v>70330417</v>
       </c>
       <c r="B38">
         <v>2.733534464935E+14</v>
       </c>
       <c r="C38">
         <v>493498</v>
       </c>
       <c r="D38">
         <v>273353446</v>
       </c>
       <c r="E38" t="s">
         <v>64</v>
       </c>
       <c r="F38" t="s">
         <v>75</v>
       </c>
       <c r="G38" t="s">
         <v>76</v>
       </c>
       <c r="H38"/>
       <c r="I38" t="s">
         <v>64</v>
       </c>
     </row>
   </sheetData>