--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1498,51 +1498,51 @@
       </c>
       <c r="C31">
         <v>493498</v>
       </c>
       <c r="D31">
         <v>273353446</v>
       </c>
       <c r="E31" t="s">
         <v>17</v>
       </c>
       <c r="F31" t="s">
         <v>56</v>
       </c>
       <c r="G31" t="s">
         <v>63</v>
       </c>
       <c r="H31" t="s">
         <v>12</v>
       </c>
       <c r="I31" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>70330408</v>
+        <v>70772972</v>
       </c>
       <c r="B32">
         <v>2.733534464935E+14</v>
       </c>
       <c r="C32">
         <v>493498</v>
       </c>
       <c r="D32">
         <v>273353446</v>
       </c>
       <c r="E32" t="s">
         <v>64</v>
       </c>
       <c r="F32" t="s">
         <v>65</v>
       </c>
       <c r="G32" t="s">
         <v>66</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="33" spans="1:9">
@@ -1612,105 +1612,105 @@
       </c>
       <c r="C35">
         <v>493498</v>
       </c>
       <c r="D35">
         <v>273353446</v>
       </c>
       <c r="E35" t="s">
         <v>17</v>
       </c>
       <c r="F35" t="s">
         <v>29</v>
       </c>
       <c r="G35" t="s">
         <v>70</v>
       </c>
       <c r="H35" t="s">
         <v>12</v>
       </c>
       <c r="I35" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>70330411</v>
+        <v>70772974</v>
       </c>
       <c r="B36">
         <v>2.733534464935E+14</v>
       </c>
       <c r="C36">
         <v>493498</v>
       </c>
       <c r="D36">
         <v>273353446</v>
       </c>
       <c r="E36" t="s">
         <v>64</v>
       </c>
       <c r="F36" t="s">
         <v>71</v>
       </c>
       <c r="G36" t="s">
         <v>72</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>70330416</v>
+        <v>70772976</v>
       </c>
       <c r="B37">
         <v>2.733534464935E+14</v>
       </c>
       <c r="C37">
         <v>493498</v>
       </c>
       <c r="D37">
         <v>273353446</v>
       </c>
       <c r="E37" t="s">
         <v>64</v>
       </c>
       <c r="F37" t="s">
         <v>73</v>
       </c>
       <c r="G37" t="s">
         <v>74</v>
       </c>
       <c r="H37"/>
       <c r="I37" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>70330417</v>
+        <v>70772977</v>
       </c>
       <c r="B38">
         <v>2.733534464935E+14</v>
       </c>
       <c r="C38">
         <v>493498</v>
       </c>
       <c r="D38">
         <v>273353446</v>
       </c>
       <c r="E38" t="s">
         <v>64</v>
       </c>
       <c r="F38" t="s">
         <v>75</v>
       </c>
       <c r="G38" t="s">
         <v>76</v>
       </c>
       <c r="H38"/>
       <c r="I38" t="s">
         <v>64</v>
       </c>
     </row>
   </sheetData>