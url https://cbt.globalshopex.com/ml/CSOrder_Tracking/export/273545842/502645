--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1192,51 +1192,51 @@
       </c>
       <c r="C22">
         <v>502645</v>
       </c>
       <c r="D22">
         <v>273545842</v>
       </c>
       <c r="E22" t="s">
         <v>47</v>
       </c>
       <c r="F22" t="s">
         <v>48</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70285815</v>
+        <v>70740688</v>
       </c>
       <c r="B23">
         <v>2.7354584250264E+14</v>
       </c>
       <c r="C23">
         <v>502645</v>
       </c>
       <c r="D23">
         <v>273545842</v>
       </c>
       <c r="E23" t="s">
         <v>50</v>
       </c>
       <c r="F23" t="s">
         <v>51</v>
       </c>
       <c r="G23" t="s">
         <v>52</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:9">
@@ -1277,105 +1277,105 @@
       </c>
       <c r="C25">
         <v>502645</v>
       </c>
       <c r="D25">
         <v>273545842</v>
       </c>
       <c r="E25" t="s">
         <v>47</v>
       </c>
       <c r="F25" t="s">
         <v>54</v>
       </c>
       <c r="G25" t="s">
         <v>55</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70285817</v>
+        <v>70740690</v>
       </c>
       <c r="B26">
         <v>2.7354584250264E+14</v>
       </c>
       <c r="C26">
         <v>502645</v>
       </c>
       <c r="D26">
         <v>273545842</v>
       </c>
       <c r="E26" t="s">
         <v>50</v>
       </c>
       <c r="F26" t="s">
         <v>56</v>
       </c>
       <c r="G26" t="s">
         <v>57</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70285818</v>
+        <v>70740691</v>
       </c>
       <c r="B27">
         <v>2.7354584250264E+14</v>
       </c>
       <c r="C27">
         <v>502645</v>
       </c>
       <c r="D27">
         <v>273545842</v>
       </c>
       <c r="E27" t="s">
         <v>50</v>
       </c>
       <c r="F27" t="s">
         <v>58</v>
       </c>
       <c r="G27" t="s">
         <v>59</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70285816</v>
+        <v>70740689</v>
       </c>
       <c r="B28">
         <v>2.7354584250264E+14</v>
       </c>
       <c r="C28">
         <v>502645</v>
       </c>
       <c r="D28">
         <v>273545842</v>
       </c>
       <c r="E28" t="s">
         <v>50</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>61</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>