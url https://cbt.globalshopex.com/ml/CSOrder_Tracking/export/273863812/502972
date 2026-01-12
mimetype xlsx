--- v0 (2025-10-11)
+++ v1 (2026-01-12)
@@ -1026,132 +1026,132 @@
       </c>
       <c r="C17">
         <v>502972</v>
       </c>
       <c r="D17">
         <v>273863812</v>
       </c>
       <c r="E17" t="s">
         <v>32</v>
       </c>
       <c r="F17" t="s">
         <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>45</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69871457</v>
+        <v>70633664</v>
       </c>
       <c r="B18">
         <v>2.7386381250297E+14</v>
       </c>
       <c r="C18">
         <v>502972</v>
       </c>
       <c r="D18">
         <v>273863812</v>
       </c>
       <c r="E18" t="s">
         <v>46</v>
       </c>
       <c r="F18" t="s">
         <v>47</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69871459</v>
+        <v>70633666</v>
       </c>
       <c r="B19">
         <v>2.7386381250297E+14</v>
       </c>
       <c r="C19">
         <v>502972</v>
       </c>
       <c r="D19">
         <v>273863812</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>49</v>
       </c>
       <c r="G19" t="s">
         <v>50</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69871458</v>
+        <v>70633665</v>
       </c>
       <c r="B20">
         <v>2.7386381250297E+14</v>
       </c>
       <c r="C20">
         <v>502972</v>
       </c>
       <c r="D20">
         <v>273863812</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>51</v>
       </c>
       <c r="G20" t="s">
         <v>52</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69871460</v>
+        <v>70633667</v>
       </c>
       <c r="B21">
         <v>2.7386381250297E+14</v>
       </c>
       <c r="C21">
         <v>502972</v>
       </c>
       <c r="D21">
         <v>273863812</v>
       </c>
       <c r="E21" t="s">
         <v>46</v>
       </c>
       <c r="F21" t="s">
         <v>53</v>
       </c>
       <c r="G21" t="s">
         <v>54</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>