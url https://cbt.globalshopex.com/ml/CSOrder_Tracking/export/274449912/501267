--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -664,51 +664,51 @@
       </c>
       <c r="C4">
         <v>501267</v>
       </c>
       <c r="D4">
         <v>274449912</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4" t="s">
         <v>12</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69871479</v>
+        <v>70633372</v>
       </c>
       <c r="B5">
         <v>2.7444991250127E+14</v>
       </c>
       <c r="C5">
         <v>501267</v>
       </c>
       <c r="D5">
         <v>274449912</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:9">
@@ -1155,105 +1155,105 @@
       </c>
       <c r="C21">
         <v>501267</v>
       </c>
       <c r="D21">
         <v>274449912</v>
       </c>
       <c r="E21" t="s">
         <v>48</v>
       </c>
       <c r="F21" t="s">
         <v>52</v>
       </c>
       <c r="G21" t="s">
         <v>53</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69871481</v>
+        <v>70633374</v>
       </c>
       <c r="B22">
         <v>2.7444991250127E+14</v>
       </c>
       <c r="C22">
         <v>501267</v>
       </c>
       <c r="D22">
         <v>274449912</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>54</v>
       </c>
       <c r="G22" t="s">
         <v>55</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69871482</v>
+        <v>70633375</v>
       </c>
       <c r="B23">
         <v>2.7444991250127E+14</v>
       </c>
       <c r="C23">
         <v>501267</v>
       </c>
       <c r="D23">
         <v>274449912</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23" t="s">
         <v>57</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69871480</v>
+        <v>70633373</v>
       </c>
       <c r="B24">
         <v>2.7444991250127E+14</v>
       </c>
       <c r="C24">
         <v>501267</v>
       </c>
       <c r="D24">
         <v>274449912</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>58</v>
       </c>
       <c r="G24" t="s">
         <v>59</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>