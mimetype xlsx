--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1390,51 +1390,51 @@
       </c>
       <c r="C28">
         <v>499720</v>
       </c>
       <c r="D28">
         <v>274844642</v>
       </c>
       <c r="E28" t="s">
         <v>17</v>
       </c>
       <c r="F28" t="s">
         <v>54</v>
       </c>
       <c r="G28" t="s">
         <v>56</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70286575</v>
+        <v>70741101</v>
       </c>
       <c r="B29">
         <v>2.7484464249972E+14</v>
       </c>
       <c r="C29">
         <v>499720</v>
       </c>
       <c r="D29">
         <v>274844642</v>
       </c>
       <c r="E29" t="s">
         <v>57</v>
       </c>
       <c r="F29" t="s">
         <v>58</v>
       </c>
       <c r="G29" t="s">
         <v>59</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="30" spans="1:9">
@@ -1504,105 +1504,105 @@
       </c>
       <c r="C32">
         <v>499720</v>
       </c>
       <c r="D32">
         <v>274844642</v>
       </c>
       <c r="E32" t="s">
         <v>17</v>
       </c>
       <c r="F32" t="s">
         <v>30</v>
       </c>
       <c r="G32" t="s">
         <v>63</v>
       </c>
       <c r="H32" t="s">
         <v>12</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70286577</v>
+        <v>70741103</v>
       </c>
       <c r="B33">
         <v>2.7484464249972E+14</v>
       </c>
       <c r="C33">
         <v>499720</v>
       </c>
       <c r="D33">
         <v>274844642</v>
       </c>
       <c r="E33" t="s">
         <v>57</v>
       </c>
       <c r="F33" t="s">
         <v>64</v>
       </c>
       <c r="G33" t="s">
         <v>65</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70286578</v>
+        <v>70741104</v>
       </c>
       <c r="B34">
         <v>2.7484464249972E+14</v>
       </c>
       <c r="C34">
         <v>499720</v>
       </c>
       <c r="D34">
         <v>274844642</v>
       </c>
       <c r="E34" t="s">
         <v>57</v>
       </c>
       <c r="F34" t="s">
         <v>66</v>
       </c>
       <c r="G34" t="s">
         <v>67</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>70286576</v>
+        <v>70741102</v>
       </c>
       <c r="B35">
         <v>2.7484464249972E+14</v>
       </c>
       <c r="C35">
         <v>499720</v>
       </c>
       <c r="D35">
         <v>274844642</v>
       </c>
       <c r="E35" t="s">
         <v>57</v>
       </c>
       <c r="F35" t="s">
         <v>68</v>
       </c>
       <c r="G35" t="s">
         <v>69</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>