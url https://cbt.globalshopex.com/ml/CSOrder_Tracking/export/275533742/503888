--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1448,51 +1448,51 @@
       </c>
       <c r="C30">
         <v>503888</v>
       </c>
       <c r="D30">
         <v>275533742</v>
       </c>
       <c r="E30" t="s">
         <v>18</v>
       </c>
       <c r="F30" t="s">
         <v>53</v>
       </c>
       <c r="G30" t="s">
         <v>54</v>
       </c>
       <c r="H30" t="s">
         <v>12</v>
       </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70285761</v>
+        <v>70740398</v>
       </c>
       <c r="B31">
         <v>2.7553374250389E+14</v>
       </c>
       <c r="C31">
         <v>503888</v>
       </c>
       <c r="D31">
         <v>275533742</v>
       </c>
       <c r="E31" t="s">
         <v>55</v>
       </c>
       <c r="F31" t="s">
         <v>56</v>
       </c>
       <c r="G31" t="s">
         <v>57</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="32" spans="1:9">
@@ -1562,105 +1562,105 @@
       </c>
       <c r="C34">
         <v>503888</v>
       </c>
       <c r="D34">
         <v>275533742</v>
       </c>
       <c r="E34" t="s">
         <v>58</v>
       </c>
       <c r="F34" t="s">
         <v>62</v>
       </c>
       <c r="G34" t="s">
         <v>63</v>
       </c>
       <c r="H34" t="s">
         <v>12</v>
       </c>
       <c r="I34" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>70285765</v>
+        <v>70740400</v>
       </c>
       <c r="B35">
         <v>2.7553374250389E+14</v>
       </c>
       <c r="C35">
         <v>503888</v>
       </c>
       <c r="D35">
         <v>275533742</v>
       </c>
       <c r="E35" t="s">
         <v>55</v>
       </c>
       <c r="F35" t="s">
         <v>64</v>
       </c>
       <c r="G35" t="s">
         <v>65</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>70285766</v>
+        <v>70740401</v>
       </c>
       <c r="B36">
         <v>2.7553374250389E+14</v>
       </c>
       <c r="C36">
         <v>503888</v>
       </c>
       <c r="D36">
         <v>275533742</v>
       </c>
       <c r="E36" t="s">
         <v>55</v>
       </c>
       <c r="F36" t="s">
         <v>66</v>
       </c>
       <c r="G36" t="s">
         <v>67</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>70285762</v>
+        <v>70740399</v>
       </c>
       <c r="B37">
         <v>2.7553374250389E+14</v>
       </c>
       <c r="C37">
         <v>503888</v>
       </c>
       <c r="D37">
         <v>275533742</v>
       </c>
       <c r="E37" t="s">
         <v>55</v>
       </c>
       <c r="F37" t="s">
         <v>68</v>
       </c>
       <c r="G37" t="s">
         <v>69</v>
       </c>
       <c r="H37"/>
       <c r="I37" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>