--- v0 (2025-10-15)
+++ v1 (2026-01-14)
@@ -831,51 +831,51 @@
       </c>
       <c r="C11">
         <v>521598</v>
       </c>
       <c r="D11">
         <v>275561562</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
         <v>31</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69909870</v>
+        <v>70715851</v>
       </c>
       <c r="B12">
         <v>2.755615625216E+14</v>
       </c>
       <c r="C12">
         <v>521598</v>
       </c>
       <c r="D12">
         <v>275561562</v>
       </c>
       <c r="E12" t="s">
         <v>33</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>35</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -945,105 +945,105 @@
       </c>
       <c r="C15">
         <v>521598</v>
       </c>
       <c r="D15">
         <v>275561562</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
       <c r="G15" t="s">
         <v>41</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69909872</v>
+        <v>70715853</v>
       </c>
       <c r="B16">
         <v>2.755615625216E+14</v>
       </c>
       <c r="C16">
         <v>521598</v>
       </c>
       <c r="D16">
         <v>275561562</v>
       </c>
       <c r="E16" t="s">
         <v>33</v>
       </c>
       <c r="F16" t="s">
         <v>42</v>
       </c>
       <c r="G16" t="s">
         <v>43</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69909871</v>
+        <v>70715852</v>
       </c>
       <c r="B17">
         <v>2.755615625216E+14</v>
       </c>
       <c r="C17">
         <v>521598</v>
       </c>
       <c r="D17">
         <v>275561562</v>
       </c>
       <c r="E17" t="s">
         <v>33</v>
       </c>
       <c r="F17" t="s">
         <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>45</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69909873</v>
+        <v>70715854</v>
       </c>
       <c r="B18">
         <v>2.755615625216E+14</v>
       </c>
       <c r="C18">
         <v>521598</v>
       </c>
       <c r="D18">
         <v>275561562</v>
       </c>
       <c r="E18" t="s">
         <v>33</v>
       </c>
       <c r="F18" t="s">
         <v>46</v>
       </c>
       <c r="G18" t="s">
         <v>47</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>