--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -960,51 +960,51 @@
       </c>
       <c r="C14">
         <v>499084</v>
       </c>
       <c r="D14">
         <v>275966242</v>
       </c>
       <c r="E14" t="s">
         <v>14</v>
       </c>
       <c r="F14" t="s">
         <v>33</v>
       </c>
       <c r="G14" t="s">
         <v>34</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70286354</v>
+        <v>70741281</v>
       </c>
       <c r="B15">
         <v>2.7596624249908E+14</v>
       </c>
       <c r="C15">
         <v>499084</v>
       </c>
       <c r="D15">
         <v>275966242</v>
       </c>
       <c r="E15" t="s">
         <v>35</v>
       </c>
       <c r="F15" t="s">
         <v>36</v>
       </c>
       <c r="G15" t="s">
         <v>37</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:9">
@@ -1277,105 +1277,105 @@
       </c>
       <c r="C25">
         <v>499084</v>
       </c>
       <c r="D25">
         <v>275966242</v>
       </c>
       <c r="E25" t="s">
         <v>49</v>
       </c>
       <c r="F25" t="s">
         <v>50</v>
       </c>
       <c r="G25" t="s">
         <v>55</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70286356</v>
+        <v>70741283</v>
       </c>
       <c r="B26">
         <v>2.7596624249908E+14</v>
       </c>
       <c r="C26">
         <v>499084</v>
       </c>
       <c r="D26">
         <v>275966242</v>
       </c>
       <c r="E26" t="s">
         <v>35</v>
       </c>
       <c r="F26" t="s">
         <v>56</v>
       </c>
       <c r="G26" t="s">
         <v>57</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70286355</v>
+        <v>70741282</v>
       </c>
       <c r="B27">
         <v>2.7596624249908E+14</v>
       </c>
       <c r="C27">
         <v>499084</v>
       </c>
       <c r="D27">
         <v>275966242</v>
       </c>
       <c r="E27" t="s">
         <v>35</v>
       </c>
       <c r="F27" t="s">
         <v>58</v>
       </c>
       <c r="G27" t="s">
         <v>59</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70286357</v>
+        <v>70741284</v>
       </c>
       <c r="B28">
         <v>2.7596624249908E+14</v>
       </c>
       <c r="C28">
         <v>499084</v>
       </c>
       <c r="D28">
         <v>275966242</v>
       </c>
       <c r="E28" t="s">
         <v>35</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>61</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>