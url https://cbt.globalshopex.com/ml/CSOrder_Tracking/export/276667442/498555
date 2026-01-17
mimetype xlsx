--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1181,51 +1181,51 @@
       </c>
       <c r="C21">
         <v>498555</v>
       </c>
       <c r="D21">
         <v>276667442</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
         <v>43</v>
       </c>
       <c r="G21" t="s">
         <v>44</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70286579</v>
+        <v>70741645</v>
       </c>
       <c r="B22">
         <v>2.7666744249856E+14</v>
       </c>
       <c r="C22">
         <v>498555</v>
       </c>
       <c r="D22">
         <v>276667442</v>
       </c>
       <c r="E22" t="s">
         <v>45</v>
       </c>
       <c r="F22" t="s">
         <v>46</v>
       </c>
       <c r="G22" t="s">
         <v>47</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:9">
@@ -1411,105 +1411,105 @@
       </c>
       <c r="C29">
         <v>498555</v>
       </c>
       <c r="D29">
         <v>276667442</v>
       </c>
       <c r="E29" t="s">
         <v>17</v>
       </c>
       <c r="F29" t="s">
         <v>32</v>
       </c>
       <c r="G29" t="s">
         <v>61</v>
       </c>
       <c r="H29" t="s">
         <v>12</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70286580</v>
+        <v>70741646</v>
       </c>
       <c r="B30">
         <v>2.7666744249856E+14</v>
       </c>
       <c r="C30">
         <v>498555</v>
       </c>
       <c r="D30">
         <v>276667442</v>
       </c>
       <c r="E30" t="s">
         <v>45</v>
       </c>
       <c r="F30" t="s">
         <v>62</v>
       </c>
       <c r="G30" t="s">
         <v>63</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70286581</v>
+        <v>70741647</v>
       </c>
       <c r="B31">
         <v>2.7666744249856E+14</v>
       </c>
       <c r="C31">
         <v>498555</v>
       </c>
       <c r="D31">
         <v>276667442</v>
       </c>
       <c r="E31" t="s">
         <v>45</v>
       </c>
       <c r="F31" t="s">
         <v>64</v>
       </c>
       <c r="G31" t="s">
         <v>65</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>70286582</v>
+        <v>70741648</v>
       </c>
       <c r="B32">
         <v>2.7666744249856E+14</v>
       </c>
       <c r="C32">
         <v>498555</v>
       </c>
       <c r="D32">
         <v>276667442</v>
       </c>
       <c r="E32" t="s">
         <v>45</v>
       </c>
       <c r="F32" t="s">
         <v>66</v>
       </c>
       <c r="G32" t="s">
         <v>67</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>