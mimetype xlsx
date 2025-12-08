--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -1236,51 +1236,51 @@
       </c>
       <c r="C23">
         <v>500601</v>
       </c>
       <c r="D23">
         <v>277299746</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>45</v>
       </c>
       <c r="G23" t="s">
         <v>50</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69870642</v>
+        <v>70330214</v>
       </c>
       <c r="B24">
         <v>2.772997465006E+14</v>
       </c>
       <c r="C24">
         <v>500601</v>
       </c>
       <c r="D24">
         <v>277299746</v>
       </c>
       <c r="E24" t="s">
         <v>51</v>
       </c>
       <c r="F24" t="s">
         <v>52</v>
       </c>
       <c r="G24" t="s">
         <v>53</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1379,105 +1379,105 @@
       </c>
       <c r="C28">
         <v>500601</v>
       </c>
       <c r="D28">
         <v>277299746</v>
       </c>
       <c r="E28" t="s">
         <v>54</v>
       </c>
       <c r="F28" t="s">
         <v>55</v>
       </c>
       <c r="G28" t="s">
         <v>60</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69870644</v>
+        <v>70330216</v>
       </c>
       <c r="B29">
         <v>2.772997465006E+14</v>
       </c>
       <c r="C29">
         <v>500601</v>
       </c>
       <c r="D29">
         <v>277299746</v>
       </c>
       <c r="E29" t="s">
         <v>51</v>
       </c>
       <c r="F29" t="s">
         <v>61</v>
       </c>
       <c r="G29" t="s">
         <v>62</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69870645</v>
+        <v>70330217</v>
       </c>
       <c r="B30">
         <v>2.772997465006E+14</v>
       </c>
       <c r="C30">
         <v>500601</v>
       </c>
       <c r="D30">
         <v>277299746</v>
       </c>
       <c r="E30" t="s">
         <v>51</v>
       </c>
       <c r="F30" t="s">
         <v>63</v>
       </c>
       <c r="G30" t="s">
         <v>64</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69870643</v>
+        <v>70330215</v>
       </c>
       <c r="B31">
         <v>2.772997465006E+14</v>
       </c>
       <c r="C31">
         <v>500601</v>
       </c>
       <c r="D31">
         <v>277299746</v>
       </c>
       <c r="E31" t="s">
         <v>51</v>
       </c>
       <c r="F31" t="s">
         <v>65</v>
       </c>
       <c r="G31" t="s">
         <v>66</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>