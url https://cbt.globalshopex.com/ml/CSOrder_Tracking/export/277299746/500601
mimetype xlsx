--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -1236,51 +1236,51 @@
       </c>
       <c r="C23">
         <v>500601</v>
       </c>
       <c r="D23">
         <v>277299746</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>45</v>
       </c>
       <c r="G23" t="s">
         <v>50</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70330214</v>
+        <v>70772111</v>
       </c>
       <c r="B24">
         <v>2.772997465006E+14</v>
       </c>
       <c r="C24">
         <v>500601</v>
       </c>
       <c r="D24">
         <v>277299746</v>
       </c>
       <c r="E24" t="s">
         <v>51</v>
       </c>
       <c r="F24" t="s">
         <v>52</v>
       </c>
       <c r="G24" t="s">
         <v>53</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1379,105 +1379,105 @@
       </c>
       <c r="C28">
         <v>500601</v>
       </c>
       <c r="D28">
         <v>277299746</v>
       </c>
       <c r="E28" t="s">
         <v>54</v>
       </c>
       <c r="F28" t="s">
         <v>55</v>
       </c>
       <c r="G28" t="s">
         <v>60</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70330216</v>
+        <v>70772113</v>
       </c>
       <c r="B29">
         <v>2.772997465006E+14</v>
       </c>
       <c r="C29">
         <v>500601</v>
       </c>
       <c r="D29">
         <v>277299746</v>
       </c>
       <c r="E29" t="s">
         <v>51</v>
       </c>
       <c r="F29" t="s">
         <v>61</v>
       </c>
       <c r="G29" t="s">
         <v>62</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70330217</v>
+        <v>70772114</v>
       </c>
       <c r="B30">
         <v>2.772997465006E+14</v>
       </c>
       <c r="C30">
         <v>500601</v>
       </c>
       <c r="D30">
         <v>277299746</v>
       </c>
       <c r="E30" t="s">
         <v>51</v>
       </c>
       <c r="F30" t="s">
         <v>63</v>
       </c>
       <c r="G30" t="s">
         <v>64</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70330215</v>
+        <v>70772112</v>
       </c>
       <c r="B31">
         <v>2.772997465006E+14</v>
       </c>
       <c r="C31">
         <v>500601</v>
       </c>
       <c r="D31">
         <v>277299746</v>
       </c>
       <c r="E31" t="s">
         <v>51</v>
       </c>
       <c r="F31" t="s">
         <v>65</v>
       </c>
       <c r="G31" t="s">
         <v>66</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>