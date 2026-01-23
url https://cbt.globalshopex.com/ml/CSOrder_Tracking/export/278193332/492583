--- v0 (2025-10-12)
+++ v1 (2026-01-23)
@@ -1382,51 +1382,51 @@
       </c>
       <c r="C27">
         <v>492583</v>
       </c>
       <c r="D27">
         <v>278193332</v>
       </c>
       <c r="E27" t="s">
         <v>18</v>
       </c>
       <c r="F27" t="s">
         <v>58</v>
       </c>
       <c r="G27" t="s">
         <v>59</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69877332</v>
+        <v>70773308</v>
       </c>
       <c r="B28">
         <v>2.7819333249258E+14</v>
       </c>
       <c r="C28">
         <v>492583</v>
       </c>
       <c r="D28">
         <v>278193332</v>
       </c>
       <c r="E28" t="s">
         <v>60</v>
       </c>
       <c r="F28" t="s">
         <v>61</v>
       </c>
       <c r="G28" t="s">
         <v>62</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:9">
@@ -1525,105 +1525,105 @@
       </c>
       <c r="C32">
         <v>492583</v>
       </c>
       <c r="D32">
         <v>278193332</v>
       </c>
       <c r="E32" t="s">
         <v>18</v>
       </c>
       <c r="F32" t="s">
         <v>42</v>
       </c>
       <c r="G32" t="s">
         <v>70</v>
       </c>
       <c r="H32" t="s">
         <v>12</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69877334</v>
+        <v>70773310</v>
       </c>
       <c r="B33">
         <v>2.7819333249258E+14</v>
       </c>
       <c r="C33">
         <v>492583</v>
       </c>
       <c r="D33">
         <v>278193332</v>
       </c>
       <c r="E33" t="s">
         <v>60</v>
       </c>
       <c r="F33" t="s">
         <v>71</v>
       </c>
       <c r="G33" t="s">
         <v>72</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69877333</v>
+        <v>70773309</v>
       </c>
       <c r="B34">
         <v>2.7819333249258E+14</v>
       </c>
       <c r="C34">
         <v>492583</v>
       </c>
       <c r="D34">
         <v>278193332</v>
       </c>
       <c r="E34" t="s">
         <v>60</v>
       </c>
       <c r="F34" t="s">
         <v>73</v>
       </c>
       <c r="G34" t="s">
         <v>74</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>69877335</v>
+        <v>70773311</v>
       </c>
       <c r="B35">
         <v>2.7819333249258E+14</v>
       </c>
       <c r="C35">
         <v>492583</v>
       </c>
       <c r="D35">
         <v>278193332</v>
       </c>
       <c r="E35" t="s">
         <v>60</v>
       </c>
       <c r="F35" t="s">
         <v>75</v>
       </c>
       <c r="G35" t="s">
         <v>76</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>