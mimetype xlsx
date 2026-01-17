--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -817,51 +817,51 @@
       </c>
       <c r="C10">
         <v>499011</v>
       </c>
       <c r="D10">
         <v>278762242</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10" t="s">
         <v>12</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70286526</v>
+        <v>70741265</v>
       </c>
       <c r="B11">
         <v>2.7876224249901E+14</v>
       </c>
       <c r="C11">
         <v>499011</v>
       </c>
       <c r="D11">
         <v>278762242</v>
       </c>
       <c r="E11" t="s">
         <v>32</v>
       </c>
       <c r="F11" t="s">
         <v>33</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:9">
@@ -1018,105 +1018,105 @@
       </c>
       <c r="C17">
         <v>499011</v>
       </c>
       <c r="D17">
         <v>278762242</v>
       </c>
       <c r="E17" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
         <v>26</v>
       </c>
       <c r="G17" t="s">
         <v>46</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70286528</v>
+        <v>70741267</v>
       </c>
       <c r="B18">
         <v>2.7876224249901E+14</v>
       </c>
       <c r="C18">
         <v>499011</v>
       </c>
       <c r="D18">
         <v>278762242</v>
       </c>
       <c r="E18" t="s">
         <v>32</v>
       </c>
       <c r="F18" t="s">
         <v>47</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70286529</v>
+        <v>70741268</v>
       </c>
       <c r="B19">
         <v>2.7876224249901E+14</v>
       </c>
       <c r="C19">
         <v>499011</v>
       </c>
       <c r="D19">
         <v>278762242</v>
       </c>
       <c r="E19" t="s">
         <v>32</v>
       </c>
       <c r="F19" t="s">
         <v>49</v>
       </c>
       <c r="G19" t="s">
         <v>50</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70286527</v>
+        <v>70741266</v>
       </c>
       <c r="B20">
         <v>2.7876224249901E+14</v>
       </c>
       <c r="C20">
         <v>499011</v>
       </c>
       <c r="D20">
         <v>278762242</v>
       </c>
       <c r="E20" t="s">
         <v>32</v>
       </c>
       <c r="F20" t="s">
         <v>51</v>
       </c>
       <c r="G20" t="s">
         <v>52</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>