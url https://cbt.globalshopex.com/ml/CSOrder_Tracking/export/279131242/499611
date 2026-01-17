--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -913,51 +913,51 @@
       </c>
       <c r="C13">
         <v>499611</v>
       </c>
       <c r="D13">
         <v>279131242</v>
       </c>
       <c r="E13" t="s">
         <v>19</v>
       </c>
       <c r="F13" t="s">
         <v>33</v>
       </c>
       <c r="G13" t="s">
         <v>34</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70286267</v>
+        <v>70741293</v>
       </c>
       <c r="B14">
         <v>2.7913124249961E+14</v>
       </c>
       <c r="C14">
         <v>499611</v>
       </c>
       <c r="D14">
         <v>279131242</v>
       </c>
       <c r="E14" t="s">
         <v>35</v>
       </c>
       <c r="F14" t="s">
         <v>36</v>
       </c>
       <c r="G14" t="s">
         <v>37</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:9">
@@ -1143,105 +1143,105 @@
       </c>
       <c r="C21">
         <v>499611</v>
       </c>
       <c r="D21">
         <v>279131242</v>
       </c>
       <c r="E21" t="s">
         <v>19</v>
       </c>
       <c r="F21" t="s">
         <v>28</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70286269</v>
+        <v>70741297</v>
       </c>
       <c r="B22">
         <v>2.7913124249961E+14</v>
       </c>
       <c r="C22">
         <v>499611</v>
       </c>
       <c r="D22">
         <v>279131242</v>
       </c>
       <c r="E22" t="s">
         <v>35</v>
       </c>
       <c r="F22" t="s">
         <v>50</v>
       </c>
       <c r="G22" t="s">
         <v>51</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70286268</v>
+        <v>70741294</v>
       </c>
       <c r="B23">
         <v>2.7913124249961E+14</v>
       </c>
       <c r="C23">
         <v>499611</v>
       </c>
       <c r="D23">
         <v>279131242</v>
       </c>
       <c r="E23" t="s">
         <v>35</v>
       </c>
       <c r="F23" t="s">
         <v>52</v>
       </c>
       <c r="G23" t="s">
         <v>53</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70286270</v>
+        <v>70741298</v>
       </c>
       <c r="B24">
         <v>2.7913124249961E+14</v>
       </c>
       <c r="C24">
         <v>499611</v>
       </c>
       <c r="D24">
         <v>279131242</v>
       </c>
       <c r="E24" t="s">
         <v>35</v>
       </c>
       <c r="F24" t="s">
         <v>54</v>
       </c>
       <c r="G24" t="s">
         <v>55</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>