--- v0 (2025-10-15)
+++ v1 (2026-01-14)
@@ -994,51 +994,51 @@
       </c>
       <c r="C16">
         <v>526074</v>
       </c>
       <c r="D16">
         <v>279999892</v>
       </c>
       <c r="E16" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
         <v>37</v>
       </c>
       <c r="G16" t="s">
         <v>39</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69909591</v>
+        <v>70535434</v>
       </c>
       <c r="B17">
         <v>2.7999989252607E+14</v>
       </c>
       <c r="C17">
         <v>526074</v>
       </c>
       <c r="D17">
         <v>279999892</v>
       </c>
       <c r="E17" t="s">
         <v>40</v>
       </c>
       <c r="F17" t="s">
         <v>41</v>
       </c>
       <c r="G17" t="s">
         <v>42</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:9">
@@ -1079,105 +1079,105 @@
       </c>
       <c r="C19">
         <v>526074</v>
       </c>
       <c r="D19">
         <v>279999892</v>
       </c>
       <c r="E19" t="s">
         <v>43</v>
       </c>
       <c r="F19" t="s">
         <v>46</v>
       </c>
       <c r="G19" t="s">
         <v>47</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69909593</v>
+        <v>70535436</v>
       </c>
       <c r="B20">
         <v>2.7999989252607E+14</v>
       </c>
       <c r="C20">
         <v>526074</v>
       </c>
       <c r="D20">
         <v>279999892</v>
       </c>
       <c r="E20" t="s">
         <v>40</v>
       </c>
       <c r="F20" t="s">
         <v>48</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69909594</v>
+        <v>70535437</v>
       </c>
       <c r="B21">
         <v>2.7999989252607E+14</v>
       </c>
       <c r="C21">
         <v>526074</v>
       </c>
       <c r="D21">
         <v>279999892</v>
       </c>
       <c r="E21" t="s">
         <v>40</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69909592</v>
+        <v>70535435</v>
       </c>
       <c r="B22">
         <v>2.7999989252607E+14</v>
       </c>
       <c r="C22">
         <v>526074</v>
       </c>
       <c r="D22">
         <v>279999892</v>
       </c>
       <c r="E22" t="s">
         <v>40</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>