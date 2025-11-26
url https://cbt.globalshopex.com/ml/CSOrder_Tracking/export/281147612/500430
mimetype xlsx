--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1323,51 +1323,51 @@
       </c>
       <c r="C26">
         <v>500430</v>
       </c>
       <c r="D26">
         <v>281147612</v>
       </c>
       <c r="E26" t="s">
         <v>52</v>
       </c>
       <c r="F26" t="s">
         <v>53</v>
       </c>
       <c r="G26" t="s">
         <v>54</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69873247</v>
+        <v>70041624</v>
       </c>
       <c r="B27">
         <v>2.8114761250043E+14</v>
       </c>
       <c r="C27">
         <v>500430</v>
       </c>
       <c r="D27">
         <v>281147612</v>
       </c>
       <c r="E27" t="s">
         <v>55</v>
       </c>
       <c r="F27" t="s">
         <v>56</v>
       </c>
       <c r="G27" t="s">
         <v>57</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:9">
@@ -1408,105 +1408,105 @@
       </c>
       <c r="C29">
         <v>500430</v>
       </c>
       <c r="D29">
         <v>281147612</v>
       </c>
       <c r="E29" t="s">
         <v>52</v>
       </c>
       <c r="F29" t="s">
         <v>59</v>
       </c>
       <c r="G29" t="s">
         <v>60</v>
       </c>
       <c r="H29" t="s">
         <v>12</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69873249</v>
+        <v>70041626</v>
       </c>
       <c r="B30">
         <v>2.8114761250043E+14</v>
       </c>
       <c r="C30">
         <v>500430</v>
       </c>
       <c r="D30">
         <v>281147612</v>
       </c>
       <c r="E30" t="s">
         <v>55</v>
       </c>
       <c r="F30" t="s">
         <v>61</v>
       </c>
       <c r="G30" t="s">
         <v>62</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69873248</v>
+        <v>70041625</v>
       </c>
       <c r="B31">
         <v>2.8114761250043E+14</v>
       </c>
       <c r="C31">
         <v>500430</v>
       </c>
       <c r="D31">
         <v>281147612</v>
       </c>
       <c r="E31" t="s">
         <v>55</v>
       </c>
       <c r="F31" t="s">
         <v>63</v>
       </c>
       <c r="G31" t="s">
         <v>64</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>69873250</v>
+        <v>70041627</v>
       </c>
       <c r="B32">
         <v>2.8114761250043E+14</v>
       </c>
       <c r="C32">
         <v>500430</v>
       </c>
       <c r="D32">
         <v>281147612</v>
       </c>
       <c r="E32" t="s">
         <v>55</v>
       </c>
       <c r="F32" t="s">
         <v>65</v>
       </c>
       <c r="G32" t="s">
         <v>66</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>