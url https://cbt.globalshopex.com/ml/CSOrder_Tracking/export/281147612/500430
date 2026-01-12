--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -1323,51 +1323,51 @@
       </c>
       <c r="C26">
         <v>500430</v>
       </c>
       <c r="D26">
         <v>281147612</v>
       </c>
       <c r="E26" t="s">
         <v>52</v>
       </c>
       <c r="F26" t="s">
         <v>53</v>
       </c>
       <c r="G26" t="s">
         <v>54</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70041624</v>
+        <v>70651152</v>
       </c>
       <c r="B27">
         <v>2.8114761250043E+14</v>
       </c>
       <c r="C27">
         <v>500430</v>
       </c>
       <c r="D27">
         <v>281147612</v>
       </c>
       <c r="E27" t="s">
         <v>55</v>
       </c>
       <c r="F27" t="s">
         <v>56</v>
       </c>
       <c r="G27" t="s">
         <v>57</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:9">
@@ -1408,105 +1408,105 @@
       </c>
       <c r="C29">
         <v>500430</v>
       </c>
       <c r="D29">
         <v>281147612</v>
       </c>
       <c r="E29" t="s">
         <v>52</v>
       </c>
       <c r="F29" t="s">
         <v>59</v>
       </c>
       <c r="G29" t="s">
         <v>60</v>
       </c>
       <c r="H29" t="s">
         <v>12</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70041626</v>
+        <v>70651154</v>
       </c>
       <c r="B30">
         <v>2.8114761250043E+14</v>
       </c>
       <c r="C30">
         <v>500430</v>
       </c>
       <c r="D30">
         <v>281147612</v>
       </c>
       <c r="E30" t="s">
         <v>55</v>
       </c>
       <c r="F30" t="s">
         <v>61</v>
       </c>
       <c r="G30" t="s">
         <v>62</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70041625</v>
+        <v>70651153</v>
       </c>
       <c r="B31">
         <v>2.8114761250043E+14</v>
       </c>
       <c r="C31">
         <v>500430</v>
       </c>
       <c r="D31">
         <v>281147612</v>
       </c>
       <c r="E31" t="s">
         <v>55</v>
       </c>
       <c r="F31" t="s">
         <v>63</v>
       </c>
       <c r="G31" t="s">
         <v>64</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>70041627</v>
+        <v>70651155</v>
       </c>
       <c r="B32">
         <v>2.8114761250043E+14</v>
       </c>
       <c r="C32">
         <v>500430</v>
       </c>
       <c r="D32">
         <v>281147612</v>
       </c>
       <c r="E32" t="s">
         <v>55</v>
       </c>
       <c r="F32" t="s">
         <v>65</v>
       </c>
       <c r="G32" t="s">
         <v>66</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>