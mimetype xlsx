--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -1169,132 +1169,132 @@
       </c>
       <c r="C21">
         <v>503577</v>
       </c>
       <c r="D21">
         <v>281332146</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>53</v>
       </c>
       <c r="G21" t="s">
         <v>54</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69870055</v>
+        <v>70330157</v>
       </c>
       <c r="B22">
         <v>2.8133214650358E+14</v>
       </c>
       <c r="C22">
         <v>503577</v>
       </c>
       <c r="D22">
         <v>281332146</v>
       </c>
       <c r="E22" t="s">
         <v>55</v>
       </c>
       <c r="F22" t="s">
         <v>56</v>
       </c>
       <c r="G22" t="s">
         <v>57</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69870057</v>
+        <v>70330160</v>
       </c>
       <c r="B23">
         <v>2.8133214650358E+14</v>
       </c>
       <c r="C23">
         <v>503577</v>
       </c>
       <c r="D23">
         <v>281332146</v>
       </c>
       <c r="E23" t="s">
         <v>55</v>
       </c>
       <c r="F23" t="s">
         <v>58</v>
       </c>
       <c r="G23" t="s">
         <v>59</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69870058</v>
+        <v>70330161</v>
       </c>
       <c r="B24">
         <v>2.8133214650358E+14</v>
       </c>
       <c r="C24">
         <v>503577</v>
       </c>
       <c r="D24">
         <v>281332146</v>
       </c>
       <c r="E24" t="s">
         <v>55</v>
       </c>
       <c r="F24" t="s">
         <v>60</v>
       </c>
       <c r="G24" t="s">
         <v>61</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69870056</v>
+        <v>70330158</v>
       </c>
       <c r="B25">
         <v>2.8133214650358E+14</v>
       </c>
       <c r="C25">
         <v>503577</v>
       </c>
       <c r="D25">
         <v>281332146</v>
       </c>
       <c r="E25" t="s">
         <v>55</v>
       </c>
       <c r="F25" t="s">
         <v>62</v>
       </c>
       <c r="G25" t="s">
         <v>63</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>