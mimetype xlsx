--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -1169,132 +1169,132 @@
       </c>
       <c r="C21">
         <v>503577</v>
       </c>
       <c r="D21">
         <v>281332146</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>53</v>
       </c>
       <c r="G21" t="s">
         <v>54</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70330157</v>
+        <v>70532456</v>
       </c>
       <c r="B22">
         <v>2.8133214650358E+14</v>
       </c>
       <c r="C22">
         <v>503577</v>
       </c>
       <c r="D22">
         <v>281332146</v>
       </c>
       <c r="E22" t="s">
         <v>55</v>
       </c>
       <c r="F22" t="s">
         <v>56</v>
       </c>
       <c r="G22" t="s">
         <v>57</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70330160</v>
+        <v>70532458</v>
       </c>
       <c r="B23">
         <v>2.8133214650358E+14</v>
       </c>
       <c r="C23">
         <v>503577</v>
       </c>
       <c r="D23">
         <v>281332146</v>
       </c>
       <c r="E23" t="s">
         <v>55</v>
       </c>
       <c r="F23" t="s">
         <v>58</v>
       </c>
       <c r="G23" t="s">
         <v>59</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70330161</v>
+        <v>70532459</v>
       </c>
       <c r="B24">
         <v>2.8133214650358E+14</v>
       </c>
       <c r="C24">
         <v>503577</v>
       </c>
       <c r="D24">
         <v>281332146</v>
       </c>
       <c r="E24" t="s">
         <v>55</v>
       </c>
       <c r="F24" t="s">
         <v>60</v>
       </c>
       <c r="G24" t="s">
         <v>61</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70330158</v>
+        <v>70532457</v>
       </c>
       <c r="B25">
         <v>2.8133214650358E+14</v>
       </c>
       <c r="C25">
         <v>503577</v>
       </c>
       <c r="D25">
         <v>281332146</v>
       </c>
       <c r="E25" t="s">
         <v>55</v>
       </c>
       <c r="F25" t="s">
         <v>62</v>
       </c>
       <c r="G25" t="s">
         <v>63</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>