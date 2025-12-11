--- v0 (2025-10-11)
+++ v1 (2025-12-11)
@@ -679,132 +679,132 @@
       </c>
       <c r="C7">
         <v>518152</v>
       </c>
       <c r="D7">
         <v>281563262</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69857246</v>
+        <v>70335178</v>
       </c>
       <c r="B8">
         <v>2.8156326251815E+14</v>
       </c>
       <c r="C8">
         <v>518152</v>
       </c>
       <c r="D8">
         <v>281563262</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>28</v>
       </c>
       <c r="G8" t="s">
         <v>29</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69857248</v>
+        <v>70335182</v>
       </c>
       <c r="B9">
         <v>2.8156326251815E+14</v>
       </c>
       <c r="C9">
         <v>518152</v>
       </c>
       <c r="D9">
         <v>281563262</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69857249</v>
+        <v>70335185</v>
       </c>
       <c r="B10">
         <v>2.8156326251815E+14</v>
       </c>
       <c r="C10">
         <v>518152</v>
       </c>
       <c r="D10">
         <v>281563262</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
       <c r="G10" t="s">
         <v>33</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69857247</v>
+        <v>70335181</v>
       </c>
       <c r="B11">
         <v>2.8156326251815E+14</v>
       </c>
       <c r="C11">
         <v>518152</v>
       </c>
       <c r="D11">
         <v>281563262</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
         <v>35</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>