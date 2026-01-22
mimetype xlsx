--- v0 (2025-10-11)
+++ v1 (2026-01-22)
@@ -1239,51 +1239,51 @@
       </c>
       <c r="C23">
         <v>532211</v>
       </c>
       <c r="D23">
         <v>283225696</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>52</v>
       </c>
       <c r="G23" t="s">
         <v>53</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69862783</v>
+        <v>70531329</v>
       </c>
       <c r="B24">
         <v>2.8322569653221E+14</v>
       </c>
       <c r="C24">
         <v>532211</v>
       </c>
       <c r="D24">
         <v>283225696</v>
       </c>
       <c r="E24" t="s">
         <v>54</v>
       </c>
       <c r="F24" t="s">
         <v>55</v>
       </c>
       <c r="G24" t="s">
         <v>56</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1324,105 +1324,105 @@
       </c>
       <c r="C26">
         <v>532211</v>
       </c>
       <c r="D26">
         <v>283225696</v>
       </c>
       <c r="E26" t="s">
         <v>57</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>61</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69862785</v>
+        <v>70531331</v>
       </c>
       <c r="B27">
         <v>2.8322569653221E+14</v>
       </c>
       <c r="C27">
         <v>532211</v>
       </c>
       <c r="D27">
         <v>283225696</v>
       </c>
       <c r="E27" t="s">
         <v>54</v>
       </c>
       <c r="F27" t="s">
         <v>62</v>
       </c>
       <c r="G27" t="s">
         <v>63</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69862786</v>
+        <v>70531332</v>
       </c>
       <c r="B28">
         <v>2.8322569653221E+14</v>
       </c>
       <c r="C28">
         <v>532211</v>
       </c>
       <c r="D28">
         <v>283225696</v>
       </c>
       <c r="E28" t="s">
         <v>54</v>
       </c>
       <c r="F28" t="s">
         <v>64</v>
       </c>
       <c r="G28" t="s">
         <v>65</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69862784</v>
+        <v>70531330</v>
       </c>
       <c r="B29">
         <v>2.8322569653221E+14</v>
       </c>
       <c r="C29">
         <v>532211</v>
       </c>
       <c r="D29">
         <v>283225696</v>
       </c>
       <c r="E29" t="s">
         <v>54</v>
       </c>
       <c r="F29" t="s">
         <v>66</v>
       </c>
       <c r="G29" t="s">
         <v>67</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>