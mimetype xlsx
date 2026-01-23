--- v0 (2025-10-12)
+++ v1 (2026-01-23)
@@ -1332,51 +1332,51 @@
       </c>
       <c r="C26">
         <v>495414</v>
       </c>
       <c r="D26">
         <v>284531246</v>
       </c>
       <c r="E26" t="s">
         <v>54</v>
       </c>
       <c r="F26" t="s">
         <v>57</v>
       </c>
       <c r="G26" t="s">
         <v>58</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69876469</v>
+        <v>70772939</v>
       </c>
       <c r="B27">
         <v>2.8453124649541E+14</v>
       </c>
       <c r="C27">
         <v>495414</v>
       </c>
       <c r="D27">
         <v>284531246</v>
       </c>
       <c r="E27" t="s">
         <v>59</v>
       </c>
       <c r="F27" t="s">
         <v>60</v>
       </c>
       <c r="G27" t="s">
         <v>61</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="28" spans="1:9">
@@ -1417,105 +1417,105 @@
       </c>
       <c r="C29">
         <v>495414</v>
       </c>
       <c r="D29">
         <v>284531246</v>
       </c>
       <c r="E29" t="s">
         <v>17</v>
       </c>
       <c r="F29" t="s">
         <v>35</v>
       </c>
       <c r="G29" t="s">
         <v>63</v>
       </c>
       <c r="H29" t="s">
         <v>12</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69876471</v>
+        <v>70772947</v>
       </c>
       <c r="B30">
         <v>2.8453124649541E+14</v>
       </c>
       <c r="C30">
         <v>495414</v>
       </c>
       <c r="D30">
         <v>284531246</v>
       </c>
       <c r="E30" t="s">
         <v>59</v>
       </c>
       <c r="F30" t="s">
         <v>64</v>
       </c>
       <c r="G30" t="s">
         <v>65</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69876470</v>
+        <v>70772943</v>
       </c>
       <c r="B31">
         <v>2.8453124649541E+14</v>
       </c>
       <c r="C31">
         <v>495414</v>
       </c>
       <c r="D31">
         <v>284531246</v>
       </c>
       <c r="E31" t="s">
         <v>59</v>
       </c>
       <c r="F31" t="s">
         <v>66</v>
       </c>
       <c r="G31" t="s">
         <v>67</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>69876472</v>
+        <v>70772948</v>
       </c>
       <c r="B32">
         <v>2.8453124649541E+14</v>
       </c>
       <c r="C32">
         <v>495414</v>
       </c>
       <c r="D32">
         <v>284531246</v>
       </c>
       <c r="E32" t="s">
         <v>59</v>
       </c>
       <c r="F32" t="s">
         <v>68</v>
       </c>
       <c r="G32" t="s">
         <v>69</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>