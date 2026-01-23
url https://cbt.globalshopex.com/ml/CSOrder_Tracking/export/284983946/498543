--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -940,51 +940,51 @@
       </c>
       <c r="C13">
         <v>498543</v>
       </c>
       <c r="D13">
         <v>284983946</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
         <v>35</v>
       </c>
       <c r="G13" t="s">
         <v>36</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70330320</v>
+        <v>70772644</v>
       </c>
       <c r="B14">
         <v>2.8498394649854E+14</v>
       </c>
       <c r="C14">
         <v>498543</v>
       </c>
       <c r="D14">
         <v>284983946</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="F14" t="s">
         <v>38</v>
       </c>
       <c r="G14" t="s">
         <v>39</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:9">
@@ -1257,105 +1257,105 @@
       </c>
       <c r="C24">
         <v>498543</v>
       </c>
       <c r="D24">
         <v>284983946</v>
       </c>
       <c r="E24" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
         <v>29</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70330321</v>
+        <v>70772645</v>
       </c>
       <c r="B25">
         <v>2.8498394649854E+14</v>
       </c>
       <c r="C25">
         <v>498543</v>
       </c>
       <c r="D25">
         <v>284983946</v>
       </c>
       <c r="E25" t="s">
         <v>37</v>
       </c>
       <c r="F25" t="s">
         <v>59</v>
       </c>
       <c r="G25" t="s">
         <v>60</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70330322</v>
+        <v>70772646</v>
       </c>
       <c r="B26">
         <v>2.8498394649854E+14</v>
       </c>
       <c r="C26">
         <v>498543</v>
       </c>
       <c r="D26">
         <v>284983946</v>
       </c>
       <c r="E26" t="s">
         <v>37</v>
       </c>
       <c r="F26" t="s">
         <v>61</v>
       </c>
       <c r="G26" t="s">
         <v>62</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70330323</v>
+        <v>70772647</v>
       </c>
       <c r="B27">
         <v>2.8498394649854E+14</v>
       </c>
       <c r="C27">
         <v>498543</v>
       </c>
       <c r="D27">
         <v>284983946</v>
       </c>
       <c r="E27" t="s">
         <v>37</v>
       </c>
       <c r="F27" t="s">
         <v>63</v>
       </c>
       <c r="G27" t="s">
         <v>64</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>