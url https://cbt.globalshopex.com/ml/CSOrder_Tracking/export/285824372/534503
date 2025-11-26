--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1212,51 +1212,51 @@
       </c>
       <c r="C23">
         <v>534503</v>
       </c>
       <c r="D23">
         <v>285824372</v>
       </c>
       <c r="E23" t="s">
         <v>9</v>
       </c>
       <c r="F23" t="s">
         <v>42</v>
       </c>
       <c r="G23" t="s">
         <v>44</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69855904</v>
+        <v>70256692</v>
       </c>
       <c r="B24">
         <v>2.858243725345E+14</v>
       </c>
       <c r="C24">
         <v>534503</v>
       </c>
       <c r="D24">
         <v>285824372</v>
       </c>
       <c r="E24" t="s">
         <v>45</v>
       </c>
       <c r="F24" t="s">
         <v>46</v>
       </c>
       <c r="G24" t="s">
         <v>47</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1297,105 +1297,105 @@
       </c>
       <c r="C26">
         <v>534503</v>
       </c>
       <c r="D26">
         <v>285824372</v>
       </c>
       <c r="E26" t="s">
         <v>48</v>
       </c>
       <c r="F26" t="s">
         <v>51</v>
       </c>
       <c r="G26" t="s">
         <v>52</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69855905</v>
+        <v>70256693</v>
       </c>
       <c r="B27">
         <v>2.858243725345E+14</v>
       </c>
       <c r="C27">
         <v>534503</v>
       </c>
       <c r="D27">
         <v>285824372</v>
       </c>
       <c r="E27" t="s">
         <v>45</v>
       </c>
       <c r="F27" t="s">
         <v>53</v>
       </c>
       <c r="G27" t="s">
         <v>54</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69855906</v>
+        <v>70256694</v>
       </c>
       <c r="B28">
         <v>2.858243725345E+14</v>
       </c>
       <c r="C28">
         <v>534503</v>
       </c>
       <c r="D28">
         <v>285824372</v>
       </c>
       <c r="E28" t="s">
         <v>45</v>
       </c>
       <c r="F28" t="s">
         <v>55</v>
       </c>
       <c r="G28" t="s">
         <v>56</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69855907</v>
+        <v>70256695</v>
       </c>
       <c r="B29">
         <v>2.858243725345E+14</v>
       </c>
       <c r="C29">
         <v>534503</v>
       </c>
       <c r="D29">
         <v>285824372</v>
       </c>
       <c r="E29" t="s">
         <v>45</v>
       </c>
       <c r="F29" t="s">
         <v>57</v>
       </c>
       <c r="G29" t="s">
         <v>58</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>