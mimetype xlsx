--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1212,51 +1212,51 @@
       </c>
       <c r="C23">
         <v>534503</v>
       </c>
       <c r="D23">
         <v>285824372</v>
       </c>
       <c r="E23" t="s">
         <v>9</v>
       </c>
       <c r="F23" t="s">
         <v>42</v>
       </c>
       <c r="G23" t="s">
         <v>44</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70256692</v>
+        <v>70599256</v>
       </c>
       <c r="B24">
         <v>2.858243725345E+14</v>
       </c>
       <c r="C24">
         <v>534503</v>
       </c>
       <c r="D24">
         <v>285824372</v>
       </c>
       <c r="E24" t="s">
         <v>45</v>
       </c>
       <c r="F24" t="s">
         <v>46</v>
       </c>
       <c r="G24" t="s">
         <v>47</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1297,105 +1297,105 @@
       </c>
       <c r="C26">
         <v>534503</v>
       </c>
       <c r="D26">
         <v>285824372</v>
       </c>
       <c r="E26" t="s">
         <v>48</v>
       </c>
       <c r="F26" t="s">
         <v>51</v>
       </c>
       <c r="G26" t="s">
         <v>52</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70256693</v>
+        <v>70599257</v>
       </c>
       <c r="B27">
         <v>2.858243725345E+14</v>
       </c>
       <c r="C27">
         <v>534503</v>
       </c>
       <c r="D27">
         <v>285824372</v>
       </c>
       <c r="E27" t="s">
         <v>45</v>
       </c>
       <c r="F27" t="s">
         <v>53</v>
       </c>
       <c r="G27" t="s">
         <v>54</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70256694</v>
+        <v>70599258</v>
       </c>
       <c r="B28">
         <v>2.858243725345E+14</v>
       </c>
       <c r="C28">
         <v>534503</v>
       </c>
       <c r="D28">
         <v>285824372</v>
       </c>
       <c r="E28" t="s">
         <v>45</v>
       </c>
       <c r="F28" t="s">
         <v>55</v>
       </c>
       <c r="G28" t="s">
         <v>56</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70256695</v>
+        <v>70599259</v>
       </c>
       <c r="B29">
         <v>2.858243725345E+14</v>
       </c>
       <c r="C29">
         <v>534503</v>
       </c>
       <c r="D29">
         <v>285824372</v>
       </c>
       <c r="E29" t="s">
         <v>45</v>
       </c>
       <c r="F29" t="s">
         <v>57</v>
       </c>
       <c r="G29" t="s">
         <v>58</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>