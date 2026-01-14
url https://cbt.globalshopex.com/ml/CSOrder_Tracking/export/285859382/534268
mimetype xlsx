--- v0 (2025-10-14)
+++ v1 (2026-01-14)
@@ -610,51 +610,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69896107</v>
+        <v>70535286</v>
       </c>
       <c r="B2">
         <v>2.8585938253427E+14</v>
       </c>
       <c r="C2">
         <v>534268</v>
       </c>
       <c r="D2">
         <v>285859382</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -1449,51 +1449,51 @@
       </c>
       <c r="C30">
         <v>534268</v>
       </c>
       <c r="D30">
         <v>285859382</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>41</v>
       </c>
       <c r="G30" t="s">
         <v>61</v>
       </c>
       <c r="H30" t="s">
         <v>15</v>
       </c>
       <c r="I30" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>69896106</v>
+        <v>70535285</v>
       </c>
       <c r="B31">
         <v>2.8585938253427E+14</v>
       </c>
       <c r="C31">
         <v>534268</v>
       </c>
       <c r="D31">
         <v>285859382</v>
       </c>
       <c r="E31" t="s">
         <v>9</v>
       </c>
       <c r="F31" t="s">
         <v>62</v>
       </c>
       <c r="G31" t="s">
         <v>63</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:9">
@@ -1505,105 +1505,105 @@
       </c>
       <c r="C32">
         <v>534268</v>
       </c>
       <c r="D32">
         <v>285859382</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>64</v>
       </c>
       <c r="H32" t="s">
         <v>15</v>
       </c>
       <c r="I32" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69896109</v>
+        <v>70535288</v>
       </c>
       <c r="B33">
         <v>2.8585938253427E+14</v>
       </c>
       <c r="C33">
         <v>534268</v>
       </c>
       <c r="D33">
         <v>285859382</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
       <c r="F33" t="s">
         <v>65</v>
       </c>
       <c r="G33" t="s">
         <v>66</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69896110</v>
+        <v>70535289</v>
       </c>
       <c r="B34">
         <v>2.8585938253427E+14</v>
       </c>
       <c r="C34">
         <v>534268</v>
       </c>
       <c r="D34">
         <v>285859382</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
       <c r="F34" t="s">
         <v>67</v>
       </c>
       <c r="G34" t="s">
         <v>68</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>69896108</v>
+        <v>70535287</v>
       </c>
       <c r="B35">
         <v>2.8585938253427E+14</v>
       </c>
       <c r="C35">
         <v>534268</v>
       </c>
       <c r="D35">
         <v>285859382</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
       <c r="F35" t="s">
         <v>69</v>
       </c>
       <c r="G35" t="s">
         <v>70</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>