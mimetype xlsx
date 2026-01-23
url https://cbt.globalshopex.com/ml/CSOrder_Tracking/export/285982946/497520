--- v0 (2025-10-11)
+++ v1 (2026-01-23)
@@ -1205,51 +1205,51 @@
       </c>
       <c r="C21">
         <v>497520</v>
       </c>
       <c r="D21">
         <v>285982946</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
         <v>45</v>
       </c>
       <c r="G21" t="s">
         <v>46</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69874218</v>
+        <v>70772664</v>
       </c>
       <c r="B22">
         <v>2.8598294649752E+14</v>
       </c>
       <c r="C22">
         <v>497520</v>
       </c>
       <c r="D22">
         <v>285982946</v>
       </c>
       <c r="E22" t="s">
         <v>47</v>
       </c>
       <c r="F22" t="s">
         <v>48</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:9">
@@ -1522,105 +1522,105 @@
       </c>
       <c r="C32">
         <v>497520</v>
       </c>
       <c r="D32">
         <v>285982946</v>
       </c>
       <c r="E32" t="s">
         <v>17</v>
       </c>
       <c r="F32" t="s">
         <v>43</v>
       </c>
       <c r="G32" t="s">
         <v>69</v>
       </c>
       <c r="H32" t="s">
         <v>12</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69874219</v>
+        <v>70772665</v>
       </c>
       <c r="B33">
         <v>2.8598294649752E+14</v>
       </c>
       <c r="C33">
         <v>497520</v>
       </c>
       <c r="D33">
         <v>285982946</v>
       </c>
       <c r="E33" t="s">
         <v>47</v>
       </c>
       <c r="F33" t="s">
         <v>70</v>
       </c>
       <c r="G33" t="s">
         <v>71</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69874220</v>
+        <v>70772666</v>
       </c>
       <c r="B34">
         <v>2.8598294649752E+14</v>
       </c>
       <c r="C34">
         <v>497520</v>
       </c>
       <c r="D34">
         <v>285982946</v>
       </c>
       <c r="E34" t="s">
         <v>47</v>
       </c>
       <c r="F34" t="s">
         <v>72</v>
       </c>
       <c r="G34" t="s">
         <v>73</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>69874221</v>
+        <v>70772667</v>
       </c>
       <c r="B35">
         <v>2.8598294649752E+14</v>
       </c>
       <c r="C35">
         <v>497520</v>
       </c>
       <c r="D35">
         <v>285982946</v>
       </c>
       <c r="E35" t="s">
         <v>47</v>
       </c>
       <c r="F35" t="s">
         <v>74</v>
       </c>
       <c r="G35" t="s">
         <v>75</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>