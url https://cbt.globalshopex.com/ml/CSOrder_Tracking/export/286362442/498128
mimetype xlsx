--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1161,51 +1161,51 @@
       </c>
       <c r="C20">
         <v>498128</v>
       </c>
       <c r="D20">
         <v>286362442</v>
       </c>
       <c r="E20" t="s">
         <v>9</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
       <c r="G20" t="s">
         <v>41</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69855720</v>
+        <v>70256514</v>
       </c>
       <c r="B21">
         <v>2.8636244249813E+14</v>
       </c>
       <c r="C21">
         <v>498128</v>
       </c>
       <c r="D21">
         <v>286362442</v>
       </c>
       <c r="E21" t="s">
         <v>42</v>
       </c>
       <c r="F21" t="s">
         <v>43</v>
       </c>
       <c r="G21" t="s">
         <v>44</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:9">
@@ -1536,105 +1536,105 @@
       </c>
       <c r="C33">
         <v>498128</v>
       </c>
       <c r="D33">
         <v>286362442</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
       <c r="F33" t="s">
         <v>30</v>
       </c>
       <c r="G33" t="s">
         <v>64</v>
       </c>
       <c r="H33" t="s">
         <v>12</v>
       </c>
       <c r="I33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69855722</v>
+        <v>70256516</v>
       </c>
       <c r="B34">
         <v>2.8636244249813E+14</v>
       </c>
       <c r="C34">
         <v>498128</v>
       </c>
       <c r="D34">
         <v>286362442</v>
       </c>
       <c r="E34" t="s">
         <v>42</v>
       </c>
       <c r="F34" t="s">
         <v>65</v>
       </c>
       <c r="G34" t="s">
         <v>66</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>69855723</v>
+        <v>70256517</v>
       </c>
       <c r="B35">
         <v>2.8636244249813E+14</v>
       </c>
       <c r="C35">
         <v>498128</v>
       </c>
       <c r="D35">
         <v>286362442</v>
       </c>
       <c r="E35" t="s">
         <v>42</v>
       </c>
       <c r="F35" t="s">
         <v>67</v>
       </c>
       <c r="G35" t="s">
         <v>68</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>69855721</v>
+        <v>70256515</v>
       </c>
       <c r="B36">
         <v>2.8636244249813E+14</v>
       </c>
       <c r="C36">
         <v>498128</v>
       </c>
       <c r="D36">
         <v>286362442</v>
       </c>
       <c r="E36" t="s">
         <v>42</v>
       </c>
       <c r="F36" t="s">
         <v>69</v>
       </c>
       <c r="G36" t="s">
         <v>70</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>