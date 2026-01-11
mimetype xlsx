--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1161,51 +1161,51 @@
       </c>
       <c r="C20">
         <v>498128</v>
       </c>
       <c r="D20">
         <v>286362442</v>
       </c>
       <c r="E20" t="s">
         <v>9</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
       <c r="G20" t="s">
         <v>41</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70256514</v>
+        <v>70623254</v>
       </c>
       <c r="B21">
         <v>2.8636244249813E+14</v>
       </c>
       <c r="C21">
         <v>498128</v>
       </c>
       <c r="D21">
         <v>286362442</v>
       </c>
       <c r="E21" t="s">
         <v>42</v>
       </c>
       <c r="F21" t="s">
         <v>43</v>
       </c>
       <c r="G21" t="s">
         <v>44</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:9">
@@ -1536,105 +1536,105 @@
       </c>
       <c r="C33">
         <v>498128</v>
       </c>
       <c r="D33">
         <v>286362442</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
       <c r="F33" t="s">
         <v>30</v>
       </c>
       <c r="G33" t="s">
         <v>64</v>
       </c>
       <c r="H33" t="s">
         <v>12</v>
       </c>
       <c r="I33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70256516</v>
+        <v>70623256</v>
       </c>
       <c r="B34">
         <v>2.8636244249813E+14</v>
       </c>
       <c r="C34">
         <v>498128</v>
       </c>
       <c r="D34">
         <v>286362442</v>
       </c>
       <c r="E34" t="s">
         <v>42</v>
       </c>
       <c r="F34" t="s">
         <v>65</v>
       </c>
       <c r="G34" t="s">
         <v>66</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>70256517</v>
+        <v>70623257</v>
       </c>
       <c r="B35">
         <v>2.8636244249813E+14</v>
       </c>
       <c r="C35">
         <v>498128</v>
       </c>
       <c r="D35">
         <v>286362442</v>
       </c>
       <c r="E35" t="s">
         <v>42</v>
       </c>
       <c r="F35" t="s">
         <v>67</v>
       </c>
       <c r="G35" t="s">
         <v>68</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>70256515</v>
+        <v>70623255</v>
       </c>
       <c r="B36">
         <v>2.8636244249813E+14</v>
       </c>
       <c r="C36">
         <v>498128</v>
       </c>
       <c r="D36">
         <v>286362442</v>
       </c>
       <c r="E36" t="s">
         <v>42</v>
       </c>
       <c r="F36" t="s">
         <v>69</v>
       </c>
       <c r="G36" t="s">
         <v>70</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>