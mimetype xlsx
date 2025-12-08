--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -915,51 +915,51 @@
       </c>
       <c r="C11">
         <v>495363</v>
       </c>
       <c r="D11">
         <v>286651246</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>25</v>
       </c>
       <c r="G11" t="s">
         <v>31</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69875440</v>
+        <v>70330350</v>
       </c>
       <c r="B12">
         <v>2.8665124649536E+14</v>
       </c>
       <c r="C12">
         <v>495363</v>
       </c>
       <c r="D12">
         <v>286651246</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>33</v>
       </c>
       <c r="G12" t="s">
         <v>34</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -1522,105 +1522,105 @@
       </c>
       <c r="C32">
         <v>495363</v>
       </c>
       <c r="D32">
         <v>286651246</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>35</v>
       </c>
       <c r="G32" t="s">
         <v>69</v>
       </c>
       <c r="H32" t="s">
         <v>12</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69875442</v>
+        <v>70330352</v>
       </c>
       <c r="B33">
         <v>2.8665124649536E+14</v>
       </c>
       <c r="C33">
         <v>495363</v>
       </c>
       <c r="D33">
         <v>286651246</v>
       </c>
       <c r="E33" t="s">
         <v>32</v>
       </c>
       <c r="F33" t="s">
         <v>70</v>
       </c>
       <c r="G33" t="s">
         <v>71</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69875443</v>
+        <v>70330353</v>
       </c>
       <c r="B34">
         <v>2.8665124649536E+14</v>
       </c>
       <c r="C34">
         <v>495363</v>
       </c>
       <c r="D34">
         <v>286651246</v>
       </c>
       <c r="E34" t="s">
         <v>32</v>
       </c>
       <c r="F34" t="s">
         <v>72</v>
       </c>
       <c r="G34" t="s">
         <v>73</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>69875441</v>
+        <v>70330351</v>
       </c>
       <c r="B35">
         <v>2.8665124649536E+14</v>
       </c>
       <c r="C35">
         <v>495363</v>
       </c>
       <c r="D35">
         <v>286651246</v>
       </c>
       <c r="E35" t="s">
         <v>32</v>
       </c>
       <c r="F35" t="s">
         <v>74</v>
       </c>
       <c r="G35" t="s">
         <v>75</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>