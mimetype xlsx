--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -915,51 +915,51 @@
       </c>
       <c r="C11">
         <v>495363</v>
       </c>
       <c r="D11">
         <v>286651246</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>25</v>
       </c>
       <c r="G11" t="s">
         <v>31</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70330350</v>
+        <v>70773219</v>
       </c>
       <c r="B12">
         <v>2.8665124649536E+14</v>
       </c>
       <c r="C12">
         <v>495363</v>
       </c>
       <c r="D12">
         <v>286651246</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>33</v>
       </c>
       <c r="G12" t="s">
         <v>34</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -1522,105 +1522,105 @@
       </c>
       <c r="C32">
         <v>495363</v>
       </c>
       <c r="D32">
         <v>286651246</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>35</v>
       </c>
       <c r="G32" t="s">
         <v>69</v>
       </c>
       <c r="H32" t="s">
         <v>12</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70330352</v>
+        <v>70773221</v>
       </c>
       <c r="B33">
         <v>2.8665124649536E+14</v>
       </c>
       <c r="C33">
         <v>495363</v>
       </c>
       <c r="D33">
         <v>286651246</v>
       </c>
       <c r="E33" t="s">
         <v>32</v>
       </c>
       <c r="F33" t="s">
         <v>70</v>
       </c>
       <c r="G33" t="s">
         <v>71</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70330353</v>
+        <v>70773222</v>
       </c>
       <c r="B34">
         <v>2.8665124649536E+14</v>
       </c>
       <c r="C34">
         <v>495363</v>
       </c>
       <c r="D34">
         <v>286651246</v>
       </c>
       <c r="E34" t="s">
         <v>32</v>
       </c>
       <c r="F34" t="s">
         <v>72</v>
       </c>
       <c r="G34" t="s">
         <v>73</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>70330351</v>
+        <v>70773220</v>
       </c>
       <c r="B35">
         <v>2.8665124649536E+14</v>
       </c>
       <c r="C35">
         <v>495363</v>
       </c>
       <c r="D35">
         <v>286651246</v>
       </c>
       <c r="E35" t="s">
         <v>32</v>
       </c>
       <c r="F35" t="s">
         <v>74</v>
       </c>
       <c r="G35" t="s">
         <v>75</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>