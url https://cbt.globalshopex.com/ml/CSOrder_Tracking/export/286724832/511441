--- v0 (2025-10-11)
+++ v1 (2026-01-12)
@@ -924,132 +924,132 @@
       </c>
       <c r="C14">
         <v>511441</v>
       </c>
       <c r="D14">
         <v>286724832</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>39</v>
       </c>
       <c r="G14" t="s">
         <v>40</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69859659</v>
+        <v>70569204</v>
       </c>
       <c r="B15">
         <v>2.8672483251144E+14</v>
       </c>
       <c r="C15">
         <v>511441</v>
       </c>
       <c r="D15">
         <v>286724832</v>
       </c>
       <c r="E15" t="s">
         <v>41</v>
       </c>
       <c r="F15" t="s">
         <v>42</v>
       </c>
       <c r="G15" t="s">
         <v>43</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69859660</v>
+        <v>70569205</v>
       </c>
       <c r="B16">
         <v>2.8672483251144E+14</v>
       </c>
       <c r="C16">
         <v>511441</v>
       </c>
       <c r="D16">
         <v>286724832</v>
       </c>
       <c r="E16" t="s">
         <v>41</v>
       </c>
       <c r="F16" t="s">
         <v>44</v>
       </c>
       <c r="G16" t="s">
         <v>45</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69859661</v>
+        <v>70569206</v>
       </c>
       <c r="B17">
         <v>2.8672483251144E+14</v>
       </c>
       <c r="C17">
         <v>511441</v>
       </c>
       <c r="D17">
         <v>286724832</v>
       </c>
       <c r="E17" t="s">
         <v>41</v>
       </c>
       <c r="F17" t="s">
         <v>46</v>
       </c>
       <c r="G17" t="s">
         <v>47</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69859662</v>
+        <v>70569207</v>
       </c>
       <c r="B18">
         <v>2.8672483251144E+14</v>
       </c>
       <c r="C18">
         <v>511441</v>
       </c>
       <c r="D18">
         <v>286724832</v>
       </c>
       <c r="E18" t="s">
         <v>41</v>
       </c>
       <c r="F18" t="s">
         <v>48</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>