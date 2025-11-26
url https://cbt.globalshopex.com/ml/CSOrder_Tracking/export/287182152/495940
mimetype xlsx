--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -826,51 +826,51 @@
       </c>
       <c r="C10">
         <v>495940</v>
       </c>
       <c r="D10">
         <v>287182152</v>
       </c>
       <c r="E10" t="s">
         <v>14</v>
       </c>
       <c r="F10" t="s">
         <v>29</v>
       </c>
       <c r="G10" t="s">
         <v>30</v>
       </c>
       <c r="H10" t="s">
         <v>12</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>69870051</v>
+        <v>70253219</v>
       </c>
       <c r="B11">
         <v>2.8718215249594E+14</v>
       </c>
       <c r="C11">
         <v>495940</v>
       </c>
       <c r="D11">
         <v>287182152</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>32</v>
       </c>
       <c r="G11" t="s">
         <v>33</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:9">
@@ -1114,105 +1114,105 @@
       </c>
       <c r="C20">
         <v>495940</v>
       </c>
       <c r="D20">
         <v>287182152</v>
       </c>
       <c r="E20" t="s">
         <v>43</v>
       </c>
       <c r="F20" t="s">
         <v>44</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69870053</v>
+        <v>70253221</v>
       </c>
       <c r="B21">
         <v>2.8718215249594E+14</v>
       </c>
       <c r="C21">
         <v>495940</v>
       </c>
       <c r="D21">
         <v>287182152</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69870052</v>
+        <v>70253220</v>
       </c>
       <c r="B22">
         <v>2.8718215249594E+14</v>
       </c>
       <c r="C22">
         <v>495940</v>
       </c>
       <c r="D22">
         <v>287182152</v>
       </c>
       <c r="E22" t="s">
         <v>31</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69870054</v>
+        <v>70253222</v>
       </c>
       <c r="B23">
         <v>2.8718215249594E+14</v>
       </c>
       <c r="C23">
         <v>495940</v>
       </c>
       <c r="D23">
         <v>287182152</v>
       </c>
       <c r="E23" t="s">
         <v>31</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>