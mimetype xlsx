--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -826,51 +826,51 @@
       </c>
       <c r="C10">
         <v>495940</v>
       </c>
       <c r="D10">
         <v>287182152</v>
       </c>
       <c r="E10" t="s">
         <v>14</v>
       </c>
       <c r="F10" t="s">
         <v>29</v>
       </c>
       <c r="G10" t="s">
         <v>30</v>
       </c>
       <c r="H10" t="s">
         <v>12</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70253219</v>
+        <v>70599265</v>
       </c>
       <c r="B11">
         <v>2.8718215249594E+14</v>
       </c>
       <c r="C11">
         <v>495940</v>
       </c>
       <c r="D11">
         <v>287182152</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>32</v>
       </c>
       <c r="G11" t="s">
         <v>33</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:9">
@@ -1114,105 +1114,105 @@
       </c>
       <c r="C20">
         <v>495940</v>
       </c>
       <c r="D20">
         <v>287182152</v>
       </c>
       <c r="E20" t="s">
         <v>43</v>
       </c>
       <c r="F20" t="s">
         <v>44</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70253221</v>
+        <v>70599267</v>
       </c>
       <c r="B21">
         <v>2.8718215249594E+14</v>
       </c>
       <c r="C21">
         <v>495940</v>
       </c>
       <c r="D21">
         <v>287182152</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70253220</v>
+        <v>70599266</v>
       </c>
       <c r="B22">
         <v>2.8718215249594E+14</v>
       </c>
       <c r="C22">
         <v>495940</v>
       </c>
       <c r="D22">
         <v>287182152</v>
       </c>
       <c r="E22" t="s">
         <v>31</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70253222</v>
+        <v>70599268</v>
       </c>
       <c r="B23">
         <v>2.8718215249594E+14</v>
       </c>
       <c r="C23">
         <v>495940</v>
       </c>
       <c r="D23">
         <v>287182152</v>
       </c>
       <c r="E23" t="s">
         <v>31</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>