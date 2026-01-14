--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -170,57 +170,57 @@
   <si>
     <t>Shipment picked up</t>
   </si>
   <si>
     <t>2021-12-13 16:01:00</t>
   </si>
   <si>
     <t>Shipment information received</t>
   </si>
   <si>
     <t>2021-12-13 12:52:31</t>
   </si>
   <si>
     <t>date imported</t>
   </si>
   <si>
     <t>2021-12-07 22:52:07</t>
   </si>
   <si>
     <t>date cbt</t>
   </si>
   <si>
     <t>2021-12-07 17:12:58</t>
   </si>
   <si>
+    <t>112-3789436-3954641 5685 21.39</t>
+  </si>
+  <si>
+    <t>2021-12-07 00:00:00</t>
+  </si>
+  <si>
     <t>114-3101364-5250667  4270 21.39</t>
-  </si>
-[...4 lines deleted...]
-    <t>112-3789436-3954641 5685 21.39</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -997,51 +997,51 @@
       </c>
       <c r="C16">
         <v>523424</v>
       </c>
       <c r="D16">
         <v>287586492</v>
       </c>
       <c r="E16" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
         <v>36</v>
       </c>
       <c r="G16" t="s">
         <v>39</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69909894</v>
+        <v>70535577</v>
       </c>
       <c r="B17">
         <v>2.8758649252342E+14</v>
       </c>
       <c r="C17">
         <v>523424</v>
       </c>
       <c r="D17">
         <v>287586492</v>
       </c>
       <c r="E17" t="s">
         <v>40</v>
       </c>
       <c r="F17" t="s">
         <v>41</v>
       </c>
       <c r="G17" t="s">
         <v>42</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:9">
@@ -1082,132 +1082,132 @@
       </c>
       <c r="C19">
         <v>523424</v>
       </c>
       <c r="D19">
         <v>287586492</v>
       </c>
       <c r="E19" t="s">
         <v>43</v>
       </c>
       <c r="F19" t="s">
         <v>46</v>
       </c>
       <c r="G19" t="s">
         <v>47</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69909897</v>
+        <v>70535580</v>
       </c>
       <c r="B20">
         <v>2.8758649252342E+14</v>
       </c>
       <c r="C20">
         <v>523424</v>
       </c>
       <c r="D20">
         <v>287586492</v>
       </c>
       <c r="E20" t="s">
         <v>40</v>
       </c>
       <c r="F20" t="s">
         <v>48</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69909898</v>
+        <v>70535581</v>
       </c>
       <c r="B21">
         <v>2.8758649252342E+14</v>
       </c>
       <c r="C21">
         <v>523424</v>
       </c>
       <c r="D21">
         <v>287586492</v>
       </c>
       <c r="E21" t="s">
         <v>40</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69909896</v>
+        <v>70535578</v>
       </c>
       <c r="B22">
         <v>2.8758649252342E+14</v>
       </c>
       <c r="C22">
         <v>523424</v>
       </c>
       <c r="D22">
         <v>287586492</v>
       </c>
       <c r="E22" t="s">
         <v>40</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69909895</v>
+        <v>70535579</v>
       </c>
       <c r="B23">
         <v>2.8758649252342E+14</v>
       </c>
       <c r="C23">
         <v>523424</v>
       </c>
       <c r="D23">
         <v>287586492</v>
       </c>
       <c r="E23" t="s">
         <v>40</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>53</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>