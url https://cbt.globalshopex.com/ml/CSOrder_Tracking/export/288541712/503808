--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -889,132 +889,132 @@
       </c>
       <c r="C13">
         <v>503808</v>
       </c>
       <c r="D13">
         <v>288541712</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>37</v>
       </c>
       <c r="G13" t="s">
         <v>38</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69859620</v>
+        <v>70259192</v>
       </c>
       <c r="B14">
         <v>2.8854171250381E+14</v>
       </c>
       <c r="C14">
         <v>503808</v>
       </c>
       <c r="D14">
         <v>288541712</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14" t="s">
         <v>40</v>
       </c>
       <c r="G14" t="s">
         <v>41</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69859622</v>
+        <v>70259194</v>
       </c>
       <c r="B15">
         <v>2.8854171250381E+14</v>
       </c>
       <c r="C15">
         <v>503808</v>
       </c>
       <c r="D15">
         <v>288541712</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" t="s">
         <v>42</v>
       </c>
       <c r="G15" t="s">
         <v>43</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69859621</v>
+        <v>70259193</v>
       </c>
       <c r="B16">
         <v>2.8854171250381E+14</v>
       </c>
       <c r="C16">
         <v>503808</v>
       </c>
       <c r="D16">
         <v>288541712</v>
       </c>
       <c r="E16" t="s">
         <v>39</v>
       </c>
       <c r="F16" t="s">
         <v>44</v>
       </c>
       <c r="G16" t="s">
         <v>45</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69859623</v>
+        <v>70259195</v>
       </c>
       <c r="B17">
         <v>2.8854171250381E+14</v>
       </c>
       <c r="C17">
         <v>503808</v>
       </c>
       <c r="D17">
         <v>288541712</v>
       </c>
       <c r="E17" t="s">
         <v>39</v>
       </c>
       <c r="F17" t="s">
         <v>46</v>
       </c>
       <c r="G17" t="s">
         <v>47</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>