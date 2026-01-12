--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -889,132 +889,132 @@
       </c>
       <c r="C13">
         <v>503808</v>
       </c>
       <c r="D13">
         <v>288541712</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>37</v>
       </c>
       <c r="G13" t="s">
         <v>38</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70259192</v>
+        <v>70633912</v>
       </c>
       <c r="B14">
         <v>2.8854171250381E+14</v>
       </c>
       <c r="C14">
         <v>503808</v>
       </c>
       <c r="D14">
         <v>288541712</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14" t="s">
         <v>40</v>
       </c>
       <c r="G14" t="s">
         <v>41</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70259194</v>
+        <v>70633914</v>
       </c>
       <c r="B15">
         <v>2.8854171250381E+14</v>
       </c>
       <c r="C15">
         <v>503808</v>
       </c>
       <c r="D15">
         <v>288541712</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" t="s">
         <v>42</v>
       </c>
       <c r="G15" t="s">
         <v>43</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70259193</v>
+        <v>70633913</v>
       </c>
       <c r="B16">
         <v>2.8854171250381E+14</v>
       </c>
       <c r="C16">
         <v>503808</v>
       </c>
       <c r="D16">
         <v>288541712</v>
       </c>
       <c r="E16" t="s">
         <v>39</v>
       </c>
       <c r="F16" t="s">
         <v>44</v>
       </c>
       <c r="G16" t="s">
         <v>45</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70259195</v>
+        <v>70633915</v>
       </c>
       <c r="B17">
         <v>2.8854171250381E+14</v>
       </c>
       <c r="C17">
         <v>503808</v>
       </c>
       <c r="D17">
         <v>288541712</v>
       </c>
       <c r="E17" t="s">
         <v>39</v>
       </c>
       <c r="F17" t="s">
         <v>46</v>
       </c>
       <c r="G17" t="s">
         <v>47</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>