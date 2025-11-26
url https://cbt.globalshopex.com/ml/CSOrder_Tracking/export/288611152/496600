--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -583,51 +583,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69875818</v>
+        <v>70041666</v>
       </c>
       <c r="B2">
         <v>2.886111524966E+14</v>
       </c>
       <c r="C2">
         <v>496600</v>
       </c>
       <c r="D2">
         <v>288611152</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -1190,105 +1190,105 @@
       </c>
       <c r="C22">
         <v>496600</v>
       </c>
       <c r="D22">
         <v>288611152</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
       <c r="G22" t="s">
         <v>55</v>
       </c>
       <c r="H22" t="s">
         <v>15</v>
       </c>
       <c r="I22" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69875820</v>
+        <v>70041668</v>
       </c>
       <c r="B23">
         <v>2.886111524966E+14</v>
       </c>
       <c r="C23">
         <v>496600</v>
       </c>
       <c r="D23">
         <v>288611152</v>
       </c>
       <c r="E23" t="s">
         <v>9</v>
       </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23" t="s">
         <v>57</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69875821</v>
+        <v>70041669</v>
       </c>
       <c r="B24">
         <v>2.886111524966E+14</v>
       </c>
       <c r="C24">
         <v>496600</v>
       </c>
       <c r="D24">
         <v>288611152</v>
       </c>
       <c r="E24" t="s">
         <v>9</v>
       </c>
       <c r="F24" t="s">
         <v>58</v>
       </c>
       <c r="G24" t="s">
         <v>59</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69875819</v>
+        <v>70041667</v>
       </c>
       <c r="B25">
         <v>2.886111524966E+14</v>
       </c>
       <c r="C25">
         <v>496600</v>
       </c>
       <c r="D25">
         <v>288611152</v>
       </c>
       <c r="E25" t="s">
         <v>9</v>
       </c>
       <c r="F25" t="s">
         <v>60</v>
       </c>
       <c r="G25" t="s">
         <v>61</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>