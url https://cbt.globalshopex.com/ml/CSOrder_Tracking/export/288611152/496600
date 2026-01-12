--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -583,51 +583,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70041666</v>
+        <v>70648376</v>
       </c>
       <c r="B2">
         <v>2.886111524966E+14</v>
       </c>
       <c r="C2">
         <v>496600</v>
       </c>
       <c r="D2">
         <v>288611152</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -1190,105 +1190,105 @@
       </c>
       <c r="C22">
         <v>496600</v>
       </c>
       <c r="D22">
         <v>288611152</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
       <c r="G22" t="s">
         <v>55</v>
       </c>
       <c r="H22" t="s">
         <v>15</v>
       </c>
       <c r="I22" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70041668</v>
+        <v>70648378</v>
       </c>
       <c r="B23">
         <v>2.886111524966E+14</v>
       </c>
       <c r="C23">
         <v>496600</v>
       </c>
       <c r="D23">
         <v>288611152</v>
       </c>
       <c r="E23" t="s">
         <v>9</v>
       </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23" t="s">
         <v>57</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70041669</v>
+        <v>70648379</v>
       </c>
       <c r="B24">
         <v>2.886111524966E+14</v>
       </c>
       <c r="C24">
         <v>496600</v>
       </c>
       <c r="D24">
         <v>288611152</v>
       </c>
       <c r="E24" t="s">
         <v>9</v>
       </c>
       <c r="F24" t="s">
         <v>58</v>
       </c>
       <c r="G24" t="s">
         <v>59</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70041667</v>
+        <v>70648377</v>
       </c>
       <c r="B25">
         <v>2.886111524966E+14</v>
       </c>
       <c r="C25">
         <v>496600</v>
       </c>
       <c r="D25">
         <v>288611152</v>
       </c>
       <c r="E25" t="s">
         <v>9</v>
       </c>
       <c r="F25" t="s">
         <v>60</v>
       </c>
       <c r="G25" t="s">
         <v>61</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>