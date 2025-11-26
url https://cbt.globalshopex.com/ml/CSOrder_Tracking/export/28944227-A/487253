--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -506,51 +506,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69858944</v>
+        <v>70257055</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2">
         <v>487253</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -674,105 +674,105 @@
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7">
         <v>487253</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" t="s">
         <v>28</v>
       </c>
       <c r="G7" t="s">
         <v>29</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>69858946</v>
+        <v>70257057</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8">
         <v>487253</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" t="s">
         <v>30</v>
       </c>
       <c r="G8" t="s">
         <v>31</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69858947</v>
+        <v>70257058</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9">
         <v>487253</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" t="s">
         <v>32</v>
       </c>
       <c r="G9" t="s">
         <v>33</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69858945</v>
+        <v>70257056</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10">
         <v>487253</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
         <v>35</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>