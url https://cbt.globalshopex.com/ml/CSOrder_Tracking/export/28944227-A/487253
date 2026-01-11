--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -506,51 +506,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70257055</v>
+        <v>70509580</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2">
         <v>487253</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -674,105 +674,105 @@
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7">
         <v>487253</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" t="s">
         <v>28</v>
       </c>
       <c r="G7" t="s">
         <v>29</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>70257057</v>
+        <v>70509582</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8">
         <v>487253</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" t="s">
         <v>30</v>
       </c>
       <c r="G8" t="s">
         <v>31</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>70257058</v>
+        <v>70509583</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9">
         <v>487253</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" t="s">
         <v>32</v>
       </c>
       <c r="G9" t="s">
         <v>33</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70257056</v>
+        <v>70509581</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10">
         <v>487253</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
         <v>35</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>