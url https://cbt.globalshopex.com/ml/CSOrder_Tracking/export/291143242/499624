--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -559,51 +559,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69871081</v>
+        <v>70258750</v>
       </c>
       <c r="B2">
         <v>2.9114324249962E+14</v>
       </c>
       <c r="C2">
         <v>499624</v>
       </c>
       <c r="D2">
         <v>291143242</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -1079,105 +1079,105 @@
       </c>
       <c r="C19">
         <v>499624</v>
       </c>
       <c r="D19">
         <v>291143242</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>29</v>
       </c>
       <c r="G19" t="s">
         <v>47</v>
       </c>
       <c r="H19" t="s">
         <v>15</v>
       </c>
       <c r="I19" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69871083</v>
+        <v>70258752</v>
       </c>
       <c r="B20">
         <v>2.9114324249962E+14</v>
       </c>
       <c r="C20">
         <v>499624</v>
       </c>
       <c r="D20">
         <v>291143242</v>
       </c>
       <c r="E20" t="s">
         <v>9</v>
       </c>
       <c r="F20" t="s">
         <v>48</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69871084</v>
+        <v>70258753</v>
       </c>
       <c r="B21">
         <v>2.9114324249962E+14</v>
       </c>
       <c r="C21">
         <v>499624</v>
       </c>
       <c r="D21">
         <v>291143242</v>
       </c>
       <c r="E21" t="s">
         <v>9</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69871082</v>
+        <v>70258751</v>
       </c>
       <c r="B22">
         <v>2.9114324249962E+14</v>
       </c>
       <c r="C22">
         <v>499624</v>
       </c>
       <c r="D22">
         <v>291143242</v>
       </c>
       <c r="E22" t="s">
         <v>9</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>