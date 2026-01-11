--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -559,51 +559,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70258750</v>
+        <v>70603805</v>
       </c>
       <c r="B2">
         <v>2.9114324249962E+14</v>
       </c>
       <c r="C2">
         <v>499624</v>
       </c>
       <c r="D2">
         <v>291143242</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -1079,105 +1079,105 @@
       </c>
       <c r="C19">
         <v>499624</v>
       </c>
       <c r="D19">
         <v>291143242</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>29</v>
       </c>
       <c r="G19" t="s">
         <v>47</v>
       </c>
       <c r="H19" t="s">
         <v>15</v>
       </c>
       <c r="I19" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70258752</v>
+        <v>70603807</v>
       </c>
       <c r="B20">
         <v>2.9114324249962E+14</v>
       </c>
       <c r="C20">
         <v>499624</v>
       </c>
       <c r="D20">
         <v>291143242</v>
       </c>
       <c r="E20" t="s">
         <v>9</v>
       </c>
       <c r="F20" t="s">
         <v>48</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70258753</v>
+        <v>70603808</v>
       </c>
       <c r="B21">
         <v>2.9114324249962E+14</v>
       </c>
       <c r="C21">
         <v>499624</v>
       </c>
       <c r="D21">
         <v>291143242</v>
       </c>
       <c r="E21" t="s">
         <v>9</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70258751</v>
+        <v>70603806</v>
       </c>
       <c r="B22">
         <v>2.9114324249962E+14</v>
       </c>
       <c r="C22">
         <v>499624</v>
       </c>
       <c r="D22">
         <v>291143242</v>
       </c>
       <c r="E22" t="s">
         <v>9</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>