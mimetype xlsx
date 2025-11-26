--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -931,51 +931,51 @@
       </c>
       <c r="C13">
         <v>499297</v>
       </c>
       <c r="D13">
         <v>291997212</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
         <v>36</v>
       </c>
       <c r="G13" t="s">
         <v>37</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69873196</v>
+        <v>70264522</v>
       </c>
       <c r="B14">
         <v>2.919972124993E+14</v>
       </c>
       <c r="C14">
         <v>499297</v>
       </c>
       <c r="D14">
         <v>291997212</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>39</v>
       </c>
       <c r="G14" t="s">
         <v>40</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:9">
@@ -1190,105 +1190,105 @@
       </c>
       <c r="C22">
         <v>499297</v>
       </c>
       <c r="D22">
         <v>291997212</v>
       </c>
       <c r="E22" t="s">
         <v>50</v>
       </c>
       <c r="F22" t="s">
         <v>54</v>
       </c>
       <c r="G22" t="s">
         <v>55</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69873197</v>
+        <v>70264523</v>
       </c>
       <c r="B23">
         <v>2.919972124993E+14</v>
       </c>
       <c r="C23">
         <v>499297</v>
       </c>
       <c r="D23">
         <v>291997212</v>
       </c>
       <c r="E23" t="s">
         <v>38</v>
       </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23" t="s">
         <v>57</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69873198</v>
+        <v>70264524</v>
       </c>
       <c r="B24">
         <v>2.919972124993E+14</v>
       </c>
       <c r="C24">
         <v>499297</v>
       </c>
       <c r="D24">
         <v>291997212</v>
       </c>
       <c r="E24" t="s">
         <v>38</v>
       </c>
       <c r="F24" t="s">
         <v>58</v>
       </c>
       <c r="G24" t="s">
         <v>59</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69873199</v>
+        <v>70264525</v>
       </c>
       <c r="B25">
         <v>2.919972124993E+14</v>
       </c>
       <c r="C25">
         <v>499297</v>
       </c>
       <c r="D25">
         <v>291997212</v>
       </c>
       <c r="E25" t="s">
         <v>38</v>
       </c>
       <c r="F25" t="s">
         <v>60</v>
       </c>
       <c r="G25" t="s">
         <v>61</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>