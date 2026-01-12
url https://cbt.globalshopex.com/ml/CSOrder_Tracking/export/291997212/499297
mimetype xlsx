--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -931,51 +931,51 @@
       </c>
       <c r="C13">
         <v>499297</v>
       </c>
       <c r="D13">
         <v>291997212</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
         <v>36</v>
       </c>
       <c r="G13" t="s">
         <v>37</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70264522</v>
+        <v>70657135</v>
       </c>
       <c r="B14">
         <v>2.919972124993E+14</v>
       </c>
       <c r="C14">
         <v>499297</v>
       </c>
       <c r="D14">
         <v>291997212</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>39</v>
       </c>
       <c r="G14" t="s">
         <v>40</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:9">
@@ -1190,105 +1190,105 @@
       </c>
       <c r="C22">
         <v>499297</v>
       </c>
       <c r="D22">
         <v>291997212</v>
       </c>
       <c r="E22" t="s">
         <v>50</v>
       </c>
       <c r="F22" t="s">
         <v>54</v>
       </c>
       <c r="G22" t="s">
         <v>55</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70264523</v>
+        <v>70657136</v>
       </c>
       <c r="B23">
         <v>2.919972124993E+14</v>
       </c>
       <c r="C23">
         <v>499297</v>
       </c>
       <c r="D23">
         <v>291997212</v>
       </c>
       <c r="E23" t="s">
         <v>38</v>
       </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23" t="s">
         <v>57</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70264524</v>
+        <v>70657137</v>
       </c>
       <c r="B24">
         <v>2.919972124993E+14</v>
       </c>
       <c r="C24">
         <v>499297</v>
       </c>
       <c r="D24">
         <v>291997212</v>
       </c>
       <c r="E24" t="s">
         <v>38</v>
       </c>
       <c r="F24" t="s">
         <v>58</v>
       </c>
       <c r="G24" t="s">
         <v>59</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70264525</v>
+        <v>70657138</v>
       </c>
       <c r="B25">
         <v>2.919972124993E+14</v>
       </c>
       <c r="C25">
         <v>499297</v>
       </c>
       <c r="D25">
         <v>291997212</v>
       </c>
       <c r="E25" t="s">
         <v>38</v>
       </c>
       <c r="F25" t="s">
         <v>60</v>
       </c>
       <c r="G25" t="s">
         <v>61</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>